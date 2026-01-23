--- v0 (2025-10-04)
+++ v1 (2026-01-23)
@@ -59,57 +59,60 @@
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6310188" cy="866692"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5718FB4A" w14:textId="77777777" w:rsidR="00B841E5" w:rsidRPr="00DB18D0" w:rsidRDefault="00B841E5" w:rsidP="00B841E5">
+    <w:p w14:paraId="746D3CDE" w14:textId="1178019F" w:rsidR="00B841E5" w:rsidRDefault="00B841E5" w:rsidP="00432F19">
       <w:pPr>
         <w:spacing w:after="0" w:line="499" w:lineRule="exact"/>
         <w:ind w:right="-20"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:position w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB18D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:position w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidRPr="00DB18D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:position w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
@@ -422,52 +425,54 @@
       </w:r>
       <w:r w:rsidRPr="00DB18D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-2"/>
           <w:position w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="00DB18D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:position w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="746D3CDE" w14:textId="77777777" w:rsidR="00B841E5" w:rsidRDefault="00B841E5" w:rsidP="00B841E5">
+    <w:p w14:paraId="73354000" w14:textId="77777777" w:rsidR="00432F19" w:rsidRDefault="00432F19" w:rsidP="00432F19">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-20"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1DC4FB93" w14:textId="77777777" w:rsidR="00B841E5" w:rsidRPr="00DB18D0" w:rsidRDefault="00B841E5" w:rsidP="006F787A">
       <w:pPr>
         <w:spacing w:before="16" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-20"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB18D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="00DB18D0">
@@ -621,56 +626,56 @@
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidRPr="00DB18D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidRPr="00DB18D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28F3F1AC" w14:textId="77777777" w:rsidR="00B841E5" w:rsidRDefault="00B841E5" w:rsidP="00B841E5">
+    <w:p w14:paraId="28F3F1AC" w14:textId="77777777" w:rsidR="00B841E5" w:rsidRPr="00432F19" w:rsidRDefault="00B841E5" w:rsidP="00B841E5">
       <w:pPr>
         <w:spacing w:before="11" w:after="0" w:line="260" w:lineRule="exact"/>
         <w:rPr>
-          <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="318B20F6" w14:textId="77777777" w:rsidR="00B841E5" w:rsidRPr="007B785D" w:rsidRDefault="00B841E5" w:rsidP="006F787A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8640"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:right="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="202020"/>
           <w:spacing w:val="1"/>
           <w:position w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B785D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="202020"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -2403,50 +2408,51 @@
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="007B785D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="202020"/>
           <w:spacing w:val="1"/>
           <w:position w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="006F787A" w:rsidRPr="007B785D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="202020"/>
           <w:spacing w:val="-1"/>
           <w:position w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="007B785D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="202020"/>
           <w:spacing w:val="1"/>
           <w:position w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="007B785D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="202020"/>
           <w:spacing w:val="-2"/>
           <w:position w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="007B785D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -2500,50 +2506,51 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="007B785D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="202020"/>
           <w:spacing w:val="1"/>
           <w:position w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="006F787A" w:rsidRPr="007B785D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="202020"/>
           <w:position w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="007B785D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="202020"/>
           <w:spacing w:val="1"/>
           <w:position w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="417C502A" w14:textId="77777777" w:rsidR="00B841E5" w:rsidRPr="007B785D" w:rsidRDefault="00B841E5" w:rsidP="006F787A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8640"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:right="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
@@ -2965,56 +2972,58 @@
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="00DB18D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidRPr="00DB18D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72FD0BDD" w14:textId="77777777" w:rsidR="00DB18D0" w:rsidRDefault="00DB18D0" w:rsidP="00A31700">
+    <w:p w14:paraId="72FD0BDD" w14:textId="77777777" w:rsidR="00DB18D0" w:rsidRPr="00432F19" w:rsidRDefault="00DB18D0" w:rsidP="00A31700">
       <w:pPr>
         <w:spacing w:after="0" w:line="265" w:lineRule="exact"/>
         <w:ind w:right="-20"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="360" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1869"/>
         <w:gridCol w:w="7041"/>
       </w:tblGrid>
       <w:tr w:rsidR="00A31700" w14:paraId="5125D3B5" w14:textId="77777777" w:rsidTr="00A31700">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="359"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1869" w:type="dxa"/>
@@ -3354,329 +3363,363 @@
       <w:r w:rsidR="00EF0CE0">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00984449">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00303B2E" w:rsidRPr="00537F6A">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="769A6A17" w14:textId="21E2D4E4" w:rsidR="00A31700" w:rsidRPr="00537F6A" w:rsidRDefault="00A31700" w:rsidP="00303B2E">
+    <w:p w14:paraId="769A6A17" w14:textId="21E2D4E4" w:rsidR="00A31700" w:rsidRPr="00537F6A" w:rsidRDefault="00A31700" w:rsidP="00432F19">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1800"/>
+          <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:spacing w:after="0"/>
-        <w:ind w:left="1080"/>
+        <w:ind w:left="360"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00537F6A">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Details: </w:t>
+        <w:t>Details</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00537F6A">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00303B2E" w:rsidRPr="00537F6A">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00EF0CE0">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00984449">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00C82195" w:rsidRPr="00537F6A">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> students</w:t>
       </w:r>
       <w:r w:rsidR="000838BA" w:rsidRPr="00537F6A">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> enter</w:t>
       </w:r>
       <w:r w:rsidR="00C82195" w:rsidRPr="00537F6A">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ed</w:t>
       </w:r>
       <w:r w:rsidR="006F2571" w:rsidRPr="00537F6A">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> in 20</w:t>
       </w:r>
       <w:r w:rsidR="00EF0CE0">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00984449">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FCBAEB6" w14:textId="30A399FF" w:rsidR="00C82195" w:rsidRPr="0026499E" w:rsidRDefault="00A17677" w:rsidP="00BE4646">
+    <w:p w14:paraId="7FCBAEB6" w14:textId="52B121E2" w:rsidR="00C82195" w:rsidRPr="0026499E" w:rsidRDefault="00432F19" w:rsidP="00432F19">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1800"/>
+          <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00EF0CE0">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>27</w:t>
+      </w:r>
+      <w:r w:rsidR="00A42F3A">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00303B2E" w:rsidRPr="00537F6A">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>students grad</w:t>
+      </w:r>
+      <w:r w:rsidR="000838BA" w:rsidRPr="00537F6A">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">uated </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE4646">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>in May 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00984449">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43FA7F2B" w14:textId="7F0553B3" w:rsidR="00C82195" w:rsidRPr="00664258" w:rsidRDefault="00664258" w:rsidP="00432F19">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00537F6A">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00432F19">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
+      <w:r w:rsidR="00984449">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="002B4032" w:rsidRPr="00537F6A">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> student</w:t>
+      </w:r>
+      <w:r w:rsidR="003E3322">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00C82195" w:rsidRPr="00537F6A">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> left the </w:t>
+      </w:r>
+      <w:r w:rsidR="003968F2" w:rsidRPr="00537F6A">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>program</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC0D53" w:rsidRPr="00537F6A">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00984449">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1 academic</w:t>
+      </w:r>
+      <w:r w:rsidR="003E3322">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dismissal</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD1ABE" w:rsidRPr="00537F6A">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
       <w:r w:rsidR="00EF0CE0">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>27</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A42F3A">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00805D09">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00303B2E" w:rsidRPr="00537F6A">
-[...112 lines deleted...]
-        <w:t>2</w:t>
+      <w:r w:rsidR="00432F19">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>with</w:t>
       </w:r>
       <w:r w:rsidR="00805D09">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> have a 1-year delay in graduation</w:t>
+        <w:t xml:space="preserve"> delay in graduation</w:t>
       </w:r>
       <w:r w:rsidR="00EF0CE0">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
       <w:r w:rsidR="00984449">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00EF0CE0">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> voluntarily left</w:t>
       </w:r>
       <w:r w:rsidR="00805D09">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BED629E" w14:textId="77777777" w:rsidR="00A81242" w:rsidRDefault="00A81242" w:rsidP="00A81242">
       <w:pPr>
         <w:spacing w:before="16" w:after="0" w:line="265" w:lineRule="exact"/>
         <w:ind w:right="-20"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5CED4AF9" w14:textId="77777777" w:rsidR="00A81242" w:rsidRPr="00DB18D0" w:rsidRDefault="00A81242" w:rsidP="00A81242">
+    <w:p w14:paraId="5B5821D2" w14:textId="0FA9FC40" w:rsidR="00432F19" w:rsidRPr="00DB18D0" w:rsidRDefault="00A81242" w:rsidP="00A81242">
       <w:pPr>
         <w:spacing w:before="16" w:after="0" w:line="265" w:lineRule="exact"/>
         <w:ind w:right="-20"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB18D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>NA</w:t>
       </w:r>
       <w:r w:rsidRPr="00DB18D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -3729,171 +3772,232 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00500583" w:rsidRPr="00DB18D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Licensure Information</w:t>
       </w:r>
       <w:r w:rsidR="0003072A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> [First Time Test Takers]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16620ACD" w14:textId="77777777" w:rsidR="00DB18D0" w:rsidRDefault="00DB18D0" w:rsidP="00A81242">
+    <w:p w14:paraId="16620ACD" w14:textId="77777777" w:rsidR="00DB18D0" w:rsidRPr="00432F19" w:rsidRDefault="00DB18D0" w:rsidP="00A81242">
       <w:pPr>
         <w:spacing w:before="16" w:after="0" w:line="265" w:lineRule="exact"/>
         <w:ind w:right="-20"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4A4513DE" w14:textId="77777777" w:rsidR="00A81242" w:rsidRDefault="005F5D89" w:rsidP="00E37A9A">
+    <w:p w14:paraId="4A4513DE" w14:textId="77777777" w:rsidR="00A81242" w:rsidRDefault="005F5D89" w:rsidP="00432F19">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3240"/>
         </w:tabs>
-        <w:spacing w:before="16" w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="16" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:right="-14"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:i/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t>Year</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00565D2B" w:rsidRPr="00E37A9A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:i/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t>Pass Rate</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57180ABB" w14:textId="410149CF" w:rsidR="00565D2B" w:rsidRDefault="00BE4646" w:rsidP="005F5D89">
+    <w:p w14:paraId="57180ABB" w14:textId="410149CF" w:rsidR="00565D2B" w:rsidRDefault="00BE4646" w:rsidP="00432F19">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3240"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00984449">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="002133D6">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00984449">
+        <w:t>75.0</w:t>
+      </w:r>
+      <w:r w:rsidR="003968F2" w:rsidRPr="00F43F81">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>%</w:t>
+      </w:r>
+      <w:r w:rsidR="003968F2" w:rsidRPr="00A42F3A">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003968F2" w:rsidRPr="00F43F81">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF0CE0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>28</w:t>
+      </w:r>
+      <w:r w:rsidR="00984449">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> passed</w:t>
+      </w:r>
+      <w:r w:rsidR="00500583" w:rsidRPr="00F43F81">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F112E77" w14:textId="77777777" w:rsidR="00432F19" w:rsidRDefault="00432F19" w:rsidP="00432F19">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3240"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F75DE1E" w14:textId="7EA06BDA" w:rsidR="00432F19" w:rsidRDefault="00432F19" w:rsidP="005F5D89">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3240"/>
         </w:tabs>
         <w:ind w:left="360"/>
       </w:pPr>
+      <w:r w:rsidRPr="00432F19">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Source</w:t>
+      </w:r>
       <w:r>
-        <w:rPr>
-[...58 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidRPr="00432F19">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NABP Website for NAPEX Pass Rates</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="50609507" w14:textId="705EC447" w:rsidR="0066453C" w:rsidRDefault="0066453C" w:rsidP="0066453C">
+    <w:p w14:paraId="2AE6DB17" w14:textId="77777777" w:rsidR="00432F19" w:rsidRPr="00432F19" w:rsidRDefault="00432F19" w:rsidP="00432F19">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8640"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360" w:right="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50609507" w14:textId="31307435" w:rsidR="0066453C" w:rsidRDefault="0066453C" w:rsidP="0066453C">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB18D0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Residency/Fellowship</w:t>
       </w:r>
       <w:r w:rsidR="00270E78">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>/Advanced Education</w:t>
@@ -4244,68 +4348,68 @@
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
-    <w:charset w:val="4D"/>
-    <w:family w:val="decorative"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
-    <w:family w:val="decorative"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="28307310"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4D006F36"/>
     <w:lvl w:ilvl="0" w:tplc="04090003">
@@ -4519,116 +4623,118 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8640" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="38357848">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="2113015307">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="140"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00584E6E"/>
     <w:rsid w:val="00000F2D"/>
     <w:rsid w:val="0002208C"/>
     <w:rsid w:val="0003072A"/>
     <w:rsid w:val="00040091"/>
     <w:rsid w:val="000838BA"/>
     <w:rsid w:val="0008529A"/>
     <w:rsid w:val="00105DD5"/>
     <w:rsid w:val="00187394"/>
     <w:rsid w:val="001A050F"/>
     <w:rsid w:val="001B5B7E"/>
     <w:rsid w:val="002133D6"/>
     <w:rsid w:val="00221DE9"/>
     <w:rsid w:val="0026499E"/>
     <w:rsid w:val="00270E78"/>
     <w:rsid w:val="002A3A0E"/>
     <w:rsid w:val="002B3B50"/>
     <w:rsid w:val="002B4032"/>
     <w:rsid w:val="00303B2E"/>
     <w:rsid w:val="003968F2"/>
     <w:rsid w:val="003A49C8"/>
     <w:rsid w:val="003E3322"/>
+    <w:rsid w:val="00432F19"/>
     <w:rsid w:val="004471B4"/>
     <w:rsid w:val="00461B02"/>
     <w:rsid w:val="00500583"/>
     <w:rsid w:val="005354BD"/>
     <w:rsid w:val="0053781B"/>
     <w:rsid w:val="00537F6A"/>
     <w:rsid w:val="005555DA"/>
     <w:rsid w:val="00565D2B"/>
     <w:rsid w:val="00584E6E"/>
     <w:rsid w:val="005F5D89"/>
     <w:rsid w:val="006231C6"/>
     <w:rsid w:val="00664258"/>
     <w:rsid w:val="0066453C"/>
     <w:rsid w:val="0066721E"/>
     <w:rsid w:val="006F2571"/>
     <w:rsid w:val="006F5B50"/>
     <w:rsid w:val="006F787A"/>
     <w:rsid w:val="0071203C"/>
     <w:rsid w:val="00717A0A"/>
     <w:rsid w:val="007230CB"/>
     <w:rsid w:val="0072464F"/>
     <w:rsid w:val="00762A78"/>
     <w:rsid w:val="00785F7B"/>
     <w:rsid w:val="007A4E28"/>
     <w:rsid w:val="007B785D"/>
     <w:rsid w:val="007F59FE"/>
     <w:rsid w:val="008020F8"/>
     <w:rsid w:val="00805D09"/>
     <w:rsid w:val="008736F9"/>
     <w:rsid w:val="008831E0"/>
+    <w:rsid w:val="008A3F9E"/>
     <w:rsid w:val="008D4D40"/>
     <w:rsid w:val="00902EAA"/>
     <w:rsid w:val="00984449"/>
     <w:rsid w:val="00A17677"/>
     <w:rsid w:val="00A31700"/>
     <w:rsid w:val="00A336AE"/>
     <w:rsid w:val="00A42F3A"/>
     <w:rsid w:val="00A81242"/>
     <w:rsid w:val="00AD1ABE"/>
     <w:rsid w:val="00B25DD1"/>
     <w:rsid w:val="00B37C1D"/>
     <w:rsid w:val="00B70634"/>
     <w:rsid w:val="00B841E5"/>
     <w:rsid w:val="00BB52BB"/>
     <w:rsid w:val="00BE4646"/>
     <w:rsid w:val="00C51699"/>
     <w:rsid w:val="00C82195"/>
     <w:rsid w:val="00CE046F"/>
     <w:rsid w:val="00D72AE4"/>
     <w:rsid w:val="00DA4391"/>
     <w:rsid w:val="00DB18D0"/>
     <w:rsid w:val="00DB5CDE"/>
     <w:rsid w:val="00DC0D53"/>
     <w:rsid w:val="00E37A9A"/>
     <w:rsid w:val="00E829FB"/>
@@ -5199,61 +5305,84 @@
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00984449"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00432F19"/>
+    <w:rPr>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00432F19"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.acpe-accredit.org/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nabp.pharmacy/news-resources/data-research/#passing-rates" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.acpe-accredit.org/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -5500,66 +5629,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>216</Words>
-  <Characters>1236</Characters>
+  <Words>233</Words>
+  <Characters>1334</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>10</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>11</Lines>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>University of New England</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1450</CharactersWithSpaces>
+  <CharactersWithSpaces>1564</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Wallace Marsh</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>