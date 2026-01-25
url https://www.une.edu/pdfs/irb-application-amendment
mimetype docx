--- v0 (2025-10-09)
+++ v1 (2026-01-25)
@@ -1,10800 +1,16864 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
+  <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...4 lines deleted...]
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
-
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xml:space="preserve">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9FAD2"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="10790"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00502B67" w14:paraId="508C7011" w14:textId="77777777" w:rsidTr="00A007B1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10790" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F9FAD2"/>
+          </w:tcPr>
+          <w:p w14:paraId="30661237" w14:textId="62C5FC35" w:rsidR="00502B67" w:rsidRPr="00502B67" w:rsidRDefault="00502B67" w:rsidP="00A007B1">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>INSTRUCTIONS</w:t>
+            </w:r>
+            <w:r w:rsidR="00A007B1" w:rsidRPr="00A007B1">
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56D59515" w14:textId="77777777" w:rsidR="00502B67" w:rsidRPr="00502B67" w:rsidRDefault="00502B67" w:rsidP="00502B67">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="12"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="17027385" w14:textId="06D2F48B" w:rsidR="00193A3D" w:rsidRDefault="00193A3D" w:rsidP="00193A3D">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:ind w:left="424"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Complete the </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Submission</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00502B67">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Checklist</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> located in </w:t>
+            </w:r>
+            <w:hyperlink w:anchor="AppendixA" w:history="1">
+              <w:r w:rsidRPr="00C20F6A">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:t>Appendix A</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:t xml:space="preserve"> to determine what documents aside from this form are required as part of your a</w:t>
+            </w:r>
+            <w:r w:rsidR="00C115F2">
+              <w:t>mendment</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54167E39" w14:textId="77777777" w:rsidR="00193A3D" w:rsidRPr="00ED6519" w:rsidRDefault="00193A3D" w:rsidP="00193A3D">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="424"/>
+              <w:rPr>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="4"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7DF5206D" w14:textId="097E4389" w:rsidR="00193A3D" w:rsidRDefault="00193A3D" w:rsidP="00193A3D">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:ind w:left="424"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Submit your completed application along with any required supplemental documentation to </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r w:rsidRPr="007F747A">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:t>irb@une.edu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:t xml:space="preserve"> for review.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0FEB70E3" w14:textId="77777777" w:rsidR="00220226" w:rsidRPr="00220226" w:rsidRDefault="00220226" w:rsidP="00220226">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:rPr>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4BF1A248" w14:textId="18F0123D" w:rsidR="00220226" w:rsidRPr="009A0F96" w:rsidRDefault="00220226" w:rsidP="00220226">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="424"/>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A0F96">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+              </w:rPr>
+              <w:t>Note</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0F96">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidR="00C15871">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">All modifications to previously approved study documents </w:t>
+            </w:r>
+            <w:r w:rsidR="006C1634">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>MUST</w:t>
+            </w:r>
+            <w:r w:rsidR="00C15871">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve"> be clearly indicated</w:t>
+            </w:r>
+            <w:r w:rsidR="00C15871">
+              <w:t xml:space="preserve"> —</w:t>
+            </w:r>
+            <w:r w:rsidR="00C15871">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>preferably using track changes (for Word files) or highlighting (for PDFs)</w:t>
+            </w:r>
+            <w:r w:rsidR="00C15871">
+              <w:t xml:space="preserve"> —</w:t>
+            </w:r>
+            <w:r w:rsidR="00C15871">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">within the original approved document. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3FE9FFFE" w14:textId="77777777" w:rsidR="00193A3D" w:rsidRPr="00502B67" w:rsidRDefault="00193A3D" w:rsidP="00193A3D">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="12"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0F0E79A2" w14:textId="6C625D00" w:rsidR="00193A3D" w:rsidRDefault="00193A3D" w:rsidP="00193A3D">
+            <w:r>
+              <w:t xml:space="preserve">E-mail </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r w:rsidRPr="007F747A">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:t>irb@une.edu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:t xml:space="preserve"> for any questions you may have with regard to this form. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0743D699" w14:textId="54108E1A" w:rsidR="00146A1C" w:rsidRPr="00146A1C" w:rsidRDefault="00146A1C" w:rsidP="00502B67">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="4"/>
+                <w:szCs w:val="4"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="36B416C4" w14:textId="77777777" w:rsidR="004A059D" w:rsidRDefault="004A059D" w:rsidP="00786A5D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="115" w:type="dxa"/>
+          <w:right w:w="115" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1795"/>
+        <w:gridCol w:w="8995"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="002764D2" w14:paraId="0F2BEBB6" w14:textId="77777777" w:rsidTr="003B52A8">
+        <w:trPr>
+          <w:trHeight w:val="360"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1795" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="35DA27D5" w14:textId="77777777" w:rsidR="002764D2" w:rsidRPr="007D27EF" w:rsidRDefault="009D29B1" w:rsidP="00111100">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="4874"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>Version</w:t>
+            </w:r>
+            <w:r w:rsidR="002764D2" w:rsidRPr="007D27EF">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Date:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rStyle w:val="Style2"/>
+            </w:rPr>
+            <w:id w:val="-1450235131"/>
+            <w:placeholder>
+              <w:docPart w:val="A54A65514FFB4A1783E119E32E2290F6"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w15:color w:val="333399"/>
+          </w:sdtPr>
+          <w:sdtEndPr>
+            <w:rPr>
+              <w:rStyle w:val="DefaultParagraphFont"/>
+              <w:color w:val="auto"/>
+            </w:rPr>
+          </w:sdtEndPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="8995" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="0D36ECED" w14:textId="77777777" w:rsidR="002764D2" w:rsidRPr="007F09D4" w:rsidRDefault="00A570C9" w:rsidP="00111100">
+                <w:pPr>
+                  <w:tabs>
+                    <w:tab w:val="left" w:pos="4874"/>
+                  </w:tabs>
+                  <w:rPr>
+                    <w:color w:val="163E70"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:color w:val="163E70"/>
+                  </w:rPr>
+                  <w:t>Enter date</w:t>
+                </w:r>
+                <w:r w:rsidR="00392547">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:color w:val="163E70"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:color w:val="163E70"/>
+                  </w:rPr>
+                  <w:t>when form is first completed</w:t>
+                </w:r>
+                <w:r w:rsidR="00392547">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:color w:val="163E70"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> or date when </w:t>
+                </w:r>
+                <w:r w:rsidR="00B70679">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:color w:val="163E70"/>
+                  </w:rPr>
+                  <w:t>form</w:t>
+                </w:r>
+                <w:r w:rsidR="00392547">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:color w:val="163E70"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> is </w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:color w:val="163E70"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve">last </w:t>
+                </w:r>
+                <w:r w:rsidR="00392547">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:color w:val="163E70"/>
+                  </w:rPr>
+                  <w:t>up</w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:color w:val="163E70"/>
+                  </w:rPr>
+                  <w:t>dated</w:t>
+                </w:r>
+                <w:r w:rsidR="00392547">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:color w:val="163E70"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="003C3229" w14:paraId="0D9FB149" w14:textId="77777777" w:rsidTr="003B52A8">
+        <w:trPr>
+          <w:trHeight w:val="360"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1795" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6778DD0F" w14:textId="52CA6F2D" w:rsidR="003C3229" w:rsidRPr="007D27EF" w:rsidRDefault="003C3229" w:rsidP="00111100">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="4874"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>IRB #:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:color w:val="163E70"/>
+            </w:rPr>
+            <w:id w:val="601460832"/>
+            <w:placeholder>
+              <w:docPart w:val="02041EE58D064204A9CDE462D20F332B"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w15:color w:val="333399"/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="8995" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="22C57ED7" w14:textId="0D09CAEB" w:rsidR="003C3229" w:rsidRDefault="009E331F" w:rsidP="00111100">
+                <w:pPr>
+                  <w:tabs>
+                    <w:tab w:val="left" w:pos="4874"/>
+                  </w:tabs>
+                  <w:rPr>
+                    <w:color w:val="163E70"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="007F09D4">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:color w:val="163E70"/>
+                  </w:rPr>
+                  <w:t>Enter text</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="002764D2" w14:paraId="442FF02E" w14:textId="77777777" w:rsidTr="003B52A8">
+        <w:trPr>
+          <w:trHeight w:val="360"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1795" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="22FE4DA8" w14:textId="77777777" w:rsidR="002764D2" w:rsidRPr="007D27EF" w:rsidRDefault="002764D2" w:rsidP="00111100">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="4874"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D27EF">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>Title of Project:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:color w:val="163E70"/>
+            </w:rPr>
+            <w:id w:val="-817261008"/>
+            <w:placeholder>
+              <w:docPart w:val="C0BFE03E30964E0E902D7108F992A5EB"/>
+            </w:placeholder>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:color w:val="163E70"/>
+                </w:rPr>
+                <w:id w:val="-1689049452"/>
+                <w:placeholder>
+                  <w:docPart w:val="972DBE257F9540B988731A879F4ECBF5"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w15:color w:val="333399"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="8995" w:type="dxa"/>
+                    <w:vAlign w:val="center"/>
+                  </w:tcPr>
+                  <w:p w14:paraId="10F5E3C6" w14:textId="77777777" w:rsidR="002764D2" w:rsidRPr="007F09D4" w:rsidRDefault="006008DE" w:rsidP="00111100">
+                    <w:pPr>
+                      <w:tabs>
+                        <w:tab w:val="left" w:pos="4874"/>
+                      </w:tabs>
+                      <w:rPr>
+                        <w:color w:val="163E70"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="007F09D4">
+                      <w:rPr>
+                        <w:rStyle w:val="PlaceholderText"/>
+                        <w:color w:val="163E70"/>
+                      </w:rPr>
+                      <w:t>Enter text</w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+              </w:sdtContent>
+            </w:sdt>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="7E1DF8F6" w14:textId="77777777" w:rsidR="002764D2" w:rsidRDefault="002764D2" w:rsidP="00786A5D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="115" w:type="dxa"/>
+          <w:right w:w="115" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="265"/>
+        <w:gridCol w:w="810"/>
+        <w:gridCol w:w="2521"/>
+        <w:gridCol w:w="359"/>
+        <w:gridCol w:w="810"/>
+        <w:gridCol w:w="540"/>
+        <w:gridCol w:w="1888"/>
+        <w:gridCol w:w="452"/>
+        <w:gridCol w:w="3145"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003F5AFD" w14:paraId="10E17176" w14:textId="77777777" w:rsidTr="00111100">
+        <w:trPr>
+          <w:trHeight w:val="647"/>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10790" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="163E70"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EE4F6EB" w14:textId="3A40B650" w:rsidR="003F5AFD" w:rsidRPr="002764D2" w:rsidRDefault="009E331F" w:rsidP="001C1410">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="8"/>
+              </w:numPr>
+              <w:ind w:left="416"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_Hlk91787173"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>PROJECT INFORMATION</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:bookmarkEnd w:id="0"/>
+      <w:tr w:rsidR="002C3D7F" w14:paraId="61D7EE5D" w14:textId="77777777" w:rsidTr="002C3D7F">
+        <w:trPr>
+          <w:trHeight w:val="730"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3955" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="33CA7869" w14:textId="18244F3B" w:rsidR="002C3D7F" w:rsidRPr="002C1F85" w:rsidRDefault="002C3D7F" w:rsidP="00786A5D">
+            <w:r w:rsidRPr="002C1F85">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Principal Investigator</w:t>
+            </w:r>
+            <w:r w:rsidR="00F37233">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (PI)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C1F85">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Name</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008026F3">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="0096D6"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C1F85">
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="797A24FD" w14:textId="77777777" w:rsidR="002C3D7F" w:rsidRPr="002C1F85" w:rsidRDefault="002C3D7F" w:rsidP="00786A5D">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="163E70"/>
+                <w:sz w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:sdt>
+            <w:sdtPr>
+              <w:rPr>
+                <w:color w:val="163E70"/>
+              </w:rPr>
+              <w:id w:val="1072467485"/>
+              <w:placeholder>
+                <w:docPart w:val="B00B6A23DF7D4C6DB30FA5CCAF4A2183"/>
+              </w:placeholder>
+              <w15:color w:val="333399"/>
+            </w:sdtPr>
+            <w:sdtEndPr/>
+            <w:sdtContent>
+              <w:sdt>
+                <w:sdtPr>
+                  <w:rPr>
+                    <w:color w:val="163E70"/>
+                  </w:rPr>
+                  <w:id w:val="1515187368"/>
+                  <w:placeholder>
+                    <w:docPart w:val="D5B6E1B357D94A0F9550C2218635714F"/>
+                  </w:placeholder>
+                </w:sdtPr>
+                <w:sdtEndPr/>
+                <w:sdtContent>
+                  <w:sdt>
+                    <w:sdtPr>
+                      <w:rPr>
+                        <w:rStyle w:val="Style1"/>
+                      </w:rPr>
+                      <w:id w:val="-177966583"/>
+                      <w:placeholder>
+                        <w:docPart w:val="F04C6FBC993D4538BD68AA464E6AA6DD"/>
+                      </w:placeholder>
+                      <w15:color w:val="333399"/>
+                    </w:sdtPr>
+                    <w:sdtEndPr>
+                      <w:rPr>
+                        <w:rStyle w:val="DefaultParagraphFont"/>
+                        <w:color w:val="auto"/>
+                      </w:rPr>
+                    </w:sdtEndPr>
+                    <w:sdtContent>
+                      <w:sdt>
+                        <w:sdtPr>
+                          <w:rPr>
+                            <w:rStyle w:val="Style1"/>
+                          </w:rPr>
+                          <w:id w:val="-1005598993"/>
+                          <w:placeholder>
+                            <w:docPart w:val="F0BF09C614C64469B25C833781145B08"/>
+                          </w:placeholder>
+                          <w15:color w:val="333399"/>
+                        </w:sdtPr>
+                        <w:sdtEndPr>
+                          <w:rPr>
+                            <w:rStyle w:val="DefaultParagraphFont"/>
+                            <w:color w:val="auto"/>
+                          </w:rPr>
+                        </w:sdtEndPr>
+                        <w:sdtContent>
+                          <w:sdt>
+                            <w:sdtPr>
+                              <w:rPr>
+                                <w:rStyle w:val="Style1"/>
+                              </w:rPr>
+                              <w:id w:val="1296717098"/>
+                              <w:placeholder>
+                                <w:docPart w:val="55E0128CCD5E460CBED84AABB054B135"/>
+                              </w:placeholder>
+                              <w:showingPlcHdr/>
+                              <w15:color w:val="333399"/>
+                            </w:sdtPr>
+                            <w:sdtEndPr>
+                              <w:rPr>
+                                <w:rStyle w:val="DefaultParagraphFont"/>
+                                <w:color w:val="auto"/>
+                              </w:rPr>
+                            </w:sdtEndPr>
+                            <w:sdtContent>
+                              <w:p w14:paraId="5DE9FDBD" w14:textId="77777777" w:rsidR="002C3D7F" w:rsidRPr="002C1F85" w:rsidRDefault="002C3D7F" w:rsidP="00786A5D">
+                                <w:pPr>
+                                  <w:rPr>
+                                    <w:color w:val="163E70"/>
+                                  </w:rPr>
+                                </w:pPr>
+                                <w:r w:rsidRPr="002C1F85">
+                                  <w:rPr>
+                                    <w:rStyle w:val="PlaceholderText"/>
+                                    <w:color w:val="163E70"/>
+                                  </w:rPr>
+                                  <w:t>Enter text</w:t>
+                                </w:r>
+                              </w:p>
+                            </w:sdtContent>
+                          </w:sdt>
+                        </w:sdtContent>
+                      </w:sdt>
+                    </w:sdtContent>
+                  </w:sdt>
+                </w:sdtContent>
+              </w:sdt>
+            </w:sdtContent>
+          </w:sdt>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="74B81100" w14:textId="77777777" w:rsidR="002C3D7F" w:rsidRDefault="002C3D7F" w:rsidP="00786A5D">
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>You are</w:t>
+            </w:r>
+            <w:r>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="547128EE" w14:textId="77777777" w:rsidR="002C3D7F" w:rsidRPr="003E241F" w:rsidRDefault="002C3D7F" w:rsidP="00786A5D">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="143C1D16" w14:textId="77777777" w:rsidR="002C3D7F" w:rsidRDefault="00AF325C" w:rsidP="00786A5D">
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-1511139258"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="002C3D7F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="002C3D7F">
+              <w:t xml:space="preserve"> Faculty</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61349AAC" w14:textId="77777777" w:rsidR="002C3D7F" w:rsidRDefault="00AF325C" w:rsidP="00786A5D">
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="1461927914"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="002C3D7F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="002C3D7F">
+              <w:t xml:space="preserve"> Staff</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4732CE86" w14:textId="3BACBB7E" w:rsidR="002C3D7F" w:rsidRDefault="00AF325C" w:rsidP="00B63F73">
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="884528617"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="002C3D7F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="002C3D7F">
+              <w:t xml:space="preserve"> Student</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2340" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="0329C738" w14:textId="4D58A3EB" w:rsidR="002C3D7F" w:rsidRDefault="002C3D7F" w:rsidP="003E241F">
+            <w:pPr>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>UNE Center or College</w:t>
+            </w:r>
+            <w:r>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:color w:val="163E70"/>
+            </w:rPr>
+            <w:id w:val="-588235931"/>
+            <w:placeholder>
+              <w:docPart w:val="FD64685301B94010B3D340B7B3F03DFD"/>
+            </w:placeholder>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:color w:val="163E70"/>
+                </w:rPr>
+                <w:id w:val="-53850831"/>
+                <w:placeholder>
+                  <w:docPart w:val="C9137D52500B4C7FAB32246384F3CACC"/>
+                </w:placeholder>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:sdt>
+                  <w:sdtPr>
+                    <w:rPr>
+                      <w:color w:val="163E70"/>
+                    </w:rPr>
+                    <w:id w:val="-630088139"/>
+                    <w:placeholder>
+                      <w:docPart w:val="D74BEE7EA0AA4AFD829434001372161A"/>
+                    </w:placeholder>
+                    <w15:color w:val="333399"/>
+                  </w:sdtPr>
+                  <w:sdtEndPr/>
+                  <w:sdtContent>
+                    <w:sdt>
+                      <w:sdtPr>
+                        <w:rPr>
+                          <w:color w:val="163E70"/>
+                        </w:rPr>
+                        <w:id w:val="1272523660"/>
+                        <w:placeholder>
+                          <w:docPart w:val="BD9E7BFBB2B2480B86F6DEC6DCA10626"/>
+                        </w:placeholder>
+                        <w:showingPlcHdr/>
+                        <w15:color w:val="333399"/>
+                      </w:sdtPr>
+                      <w:sdtEndPr/>
+                      <w:sdtContent>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="3145" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p w14:paraId="74CC6F54" w14:textId="77777777" w:rsidR="002C3D7F" w:rsidRPr="007F09D4" w:rsidRDefault="002C3D7F" w:rsidP="00786A5D">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:color w:val="163E70"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="007F09D4">
+                              <w:rPr>
+                                <w:rStyle w:val="PlaceholderText"/>
+                                <w:color w:val="163E70"/>
+                              </w:rPr>
+                              <w:t>Enter text</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                      </w:sdtContent>
+                    </w:sdt>
+                  </w:sdtContent>
+                </w:sdt>
+              </w:sdtContent>
+            </w:sdt>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="002C3D7F" w14:paraId="7D99B17F" w14:textId="77777777" w:rsidTr="00B44E4E">
+        <w:trPr>
+          <w:trHeight w:val="360"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1075" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="560F2111" w14:textId="77777777" w:rsidR="002C3D7F" w:rsidRDefault="002C3D7F" w:rsidP="00786A5D">
+            <w:r w:rsidRPr="00111100">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>E-Mail</w:t>
+            </w:r>
+            <w:r>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:color w:val="163E70"/>
+            </w:rPr>
+            <w:id w:val="-2041197220"/>
+            <w:placeholder>
+              <w:docPart w:val="9A1D93572288408D87D7827341941437"/>
+            </w:placeholder>
+            <w15:color w:val="333399"/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:color w:val="163E70"/>
+                </w:rPr>
+                <w:id w:val="-1059774514"/>
+                <w:placeholder>
+                  <w:docPart w:val="1CCE9FADBCA4441DAAD09D09678925EE"/>
+                </w:placeholder>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:sdt>
+                  <w:sdtPr>
+                    <w:rPr>
+                      <w:color w:val="163E70"/>
+                    </w:rPr>
+                    <w:id w:val="1681854844"/>
+                    <w:placeholder>
+                      <w:docPart w:val="6CBB9FE55DF04721AB16554244536FB1"/>
+                    </w:placeholder>
+                    <w15:color w:val="333399"/>
+                  </w:sdtPr>
+                  <w:sdtEndPr/>
+                  <w:sdtContent>
+                    <w:sdt>
+                      <w:sdtPr>
+                        <w:rPr>
+                          <w:color w:val="163E70"/>
+                        </w:rPr>
+                        <w:id w:val="1215850714"/>
+                        <w:placeholder>
+                          <w:docPart w:val="A9F7CBFC6EE14CB285720F4C027D74E8"/>
+                        </w:placeholder>
+                        <w:showingPlcHdr/>
+                        <w15:color w:val="333399"/>
+                      </w:sdtPr>
+                      <w:sdtEndPr/>
+                      <w:sdtContent>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="2880" w:type="dxa"/>
+                            <w:gridSpan w:val="2"/>
+                          </w:tcPr>
+                          <w:p w14:paraId="1D747227" w14:textId="77777777" w:rsidR="002C3D7F" w:rsidRPr="007F09D4" w:rsidRDefault="002C3D7F" w:rsidP="00786A5D">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:color w:val="163E70"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="007F09D4">
+                              <w:rPr>
+                                <w:rStyle w:val="PlaceholderText"/>
+                                <w:color w:val="163E70"/>
+                              </w:rPr>
+                              <w:t>Enter text</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                      </w:sdtContent>
+                    </w:sdt>
+                  </w:sdtContent>
+                </w:sdt>
+              </w:sdtContent>
+            </w:sdt>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="174C0801" w14:textId="77777777" w:rsidR="002C3D7F" w:rsidRDefault="002C3D7F" w:rsidP="00786A5D"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2340" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="5ADBCCED" w14:textId="764B46E2" w:rsidR="002C3D7F" w:rsidRDefault="002C3D7F" w:rsidP="00B63F73">
+            <w:pPr>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>UNE Department</w:t>
+            </w:r>
+            <w:r>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:color w:val="163E70"/>
+            </w:rPr>
+            <w:id w:val="-209645033"/>
+            <w:placeholder>
+              <w:docPart w:val="E5A39F8944B346B386FFA01202A4D52F"/>
+            </w:placeholder>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:color w:val="163E70"/>
+                </w:rPr>
+                <w:id w:val="-1640722781"/>
+                <w:placeholder>
+                  <w:docPart w:val="A8F90B6F5DA948A0B770D83FD3A4DD51"/>
+                </w:placeholder>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:sdt>
+                  <w:sdtPr>
+                    <w:rPr>
+                      <w:color w:val="163E70"/>
+                    </w:rPr>
+                    <w:id w:val="-206950738"/>
+                    <w:placeholder>
+                      <w:docPart w:val="B57331237B1544EDB0FAD54FC9A231DD"/>
+                    </w:placeholder>
+                    <w15:color w:val="333399"/>
+                  </w:sdtPr>
+                  <w:sdtEndPr/>
+                  <w:sdtContent>
+                    <w:sdt>
+                      <w:sdtPr>
+                        <w:rPr>
+                          <w:color w:val="163E70"/>
+                        </w:rPr>
+                        <w:id w:val="1886065134"/>
+                        <w:placeholder>
+                          <w:docPart w:val="71381324A2A64B9CBF1B163C0EF40E78"/>
+                        </w:placeholder>
+                      </w:sdtPr>
+                      <w:sdtEndPr/>
+                      <w:sdtContent>
+                        <w:sdt>
+                          <w:sdtPr>
+                            <w:rPr>
+                              <w:color w:val="163E70"/>
+                            </w:rPr>
+                            <w:id w:val="-287401"/>
+                            <w:placeholder>
+                              <w:docPart w:val="0C2E1FD6863748F881CB8BD24FE53726"/>
+                            </w:placeholder>
+                            <w15:color w:val="333399"/>
+                          </w:sdtPr>
+                          <w:sdtEndPr/>
+                          <w:sdtContent>
+                            <w:sdt>
+                              <w:sdtPr>
+                                <w:rPr>
+                                  <w:color w:val="163E70"/>
+                                </w:rPr>
+                                <w:id w:val="527697486"/>
+                                <w:placeholder>
+                                  <w:docPart w:val="B3B32DF9C2624B5DAF44F2D670A21372"/>
+                                </w:placeholder>
+                                <w:showingPlcHdr/>
+                                <w15:color w:val="333399"/>
+                              </w:sdtPr>
+                              <w:sdtEndPr/>
+                              <w:sdtContent>
+                                <w:tc>
+                                  <w:tcPr>
+                                    <w:tcW w:w="3145" w:type="dxa"/>
+                                    <w:vMerge w:val="restart"/>
+                                  </w:tcPr>
+                                  <w:p w14:paraId="3D5193A3" w14:textId="77777777" w:rsidR="002C3D7F" w:rsidRPr="007F09D4" w:rsidRDefault="002C3D7F" w:rsidP="00786A5D">
+                                    <w:pPr>
+                                      <w:rPr>
+                                        <w:color w:val="163E70"/>
+                                      </w:rPr>
+                                    </w:pPr>
+                                    <w:r w:rsidRPr="007F09D4">
+                                      <w:rPr>
+                                        <w:rStyle w:val="PlaceholderText"/>
+                                        <w:color w:val="163E70"/>
+                                      </w:rPr>
+                                      <w:t>Enter text</w:t>
+                                    </w:r>
+                                  </w:p>
+                                </w:tc>
+                              </w:sdtContent>
+                            </w:sdt>
+                          </w:sdtContent>
+                        </w:sdt>
+                      </w:sdtContent>
+                    </w:sdt>
+                  </w:sdtContent>
+                </w:sdt>
+              </w:sdtContent>
+            </w:sdt>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="002C3D7F" w14:paraId="0040EEB9" w14:textId="77777777" w:rsidTr="00B44E4E">
+        <w:trPr>
+          <w:trHeight w:val="360"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1075" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0C3B5AD0" w14:textId="77777777" w:rsidR="002C3D7F" w:rsidRDefault="002C3D7F" w:rsidP="00786A5D">
+            <w:r w:rsidRPr="00111100">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Phone #</w:t>
+            </w:r>
+            <w:r>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:color w:val="163E70"/>
+            </w:rPr>
+            <w:id w:val="1177234746"/>
+            <w:placeholder>
+              <w:docPart w:val="7A719A68A7334D01B5D7E387F6F66433"/>
+            </w:placeholder>
+            <w15:color w:val="333399"/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:color w:val="163E70"/>
+                </w:rPr>
+                <w:id w:val="1591656930"/>
+                <w:placeholder>
+                  <w:docPart w:val="1A49CCAA064A4FB2AB25BAED0C24340F"/>
+                </w:placeholder>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:sdt>
+                  <w:sdtPr>
+                    <w:rPr>
+                      <w:color w:val="163E70"/>
+                    </w:rPr>
+                    <w:id w:val="-1562705682"/>
+                    <w:placeholder>
+                      <w:docPart w:val="C9B4CFE541324BCFB57CC8254820FA05"/>
+                    </w:placeholder>
+                    <w15:color w:val="333399"/>
+                  </w:sdtPr>
+                  <w:sdtEndPr/>
+                  <w:sdtContent>
+                    <w:sdt>
+                      <w:sdtPr>
+                        <w:rPr>
+                          <w:color w:val="163E70"/>
+                        </w:rPr>
+                        <w:id w:val="-1972812154"/>
+                        <w:placeholder>
+                          <w:docPart w:val="67BE507FCBFF4DAF8F3CB2424DE2CC06"/>
+                        </w:placeholder>
+                        <w:showingPlcHdr/>
+                        <w15:color w:val="333399"/>
+                      </w:sdtPr>
+                      <w:sdtEndPr/>
+                      <w:sdtContent>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="2880" w:type="dxa"/>
+                            <w:gridSpan w:val="2"/>
+                            <w:tcBorders>
+                              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                            </w:tcBorders>
+                          </w:tcPr>
+                          <w:p w14:paraId="5C1792D6" w14:textId="77777777" w:rsidR="002C3D7F" w:rsidRPr="007F09D4" w:rsidRDefault="002C3D7F" w:rsidP="00786A5D">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:color w:val="163E70"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="007F09D4">
+                              <w:rPr>
+                                <w:rStyle w:val="PlaceholderText"/>
+                                <w:color w:val="163E70"/>
+                              </w:rPr>
+                              <w:t>Enter text</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                      </w:sdtContent>
+                    </w:sdt>
+                  </w:sdtContent>
+                </w:sdt>
+              </w:sdtContent>
+            </w:sdt>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0F68FB34" w14:textId="77777777" w:rsidR="002C3D7F" w:rsidRDefault="002C3D7F" w:rsidP="00786A5D"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2340" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4979BD1A" w14:textId="68AAAA11" w:rsidR="002C3D7F" w:rsidRDefault="002C3D7F" w:rsidP="00111100">
+            <w:pPr>
+              <w:jc w:val="right"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3145" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5E5865A9" w14:textId="1BB0571F" w:rsidR="002C3D7F" w:rsidRPr="007F09D4" w:rsidRDefault="002C3D7F" w:rsidP="00786A5D">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="163E70"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001E1242" w14:paraId="2C1C55EF" w14:textId="77777777" w:rsidTr="003B52A8">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10790" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
+          </w:tcPr>
+          <w:p w14:paraId="5612D904" w14:textId="77777777" w:rsidR="001E1242" w:rsidRPr="00564E2B" w:rsidRDefault="001E1242" w:rsidP="00786A5D">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00564E2B" w14:paraId="68C8BF24" w14:textId="77777777" w:rsidTr="00F62DBA">
+        <w:trPr>
+          <w:trHeight w:val="730"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3596" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="56196DC4" w14:textId="662C139E" w:rsidR="00564E2B" w:rsidRPr="002C1F85" w:rsidRDefault="00564E2B" w:rsidP="00786A5D">
+            <w:r w:rsidRPr="002C1F85">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Fa</w:t>
+            </w:r>
+            <w:r w:rsidR="001C12CD">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>c</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C1F85">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>ulty Advisor Name</w:t>
+            </w:r>
+            <w:r w:rsidR="002C3D7F">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="0096D6"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="008A64A2" w:rsidRPr="002C1F85">
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2894DE08" w14:textId="77777777" w:rsidR="00564E2B" w:rsidRPr="002C1F85" w:rsidRDefault="00564E2B" w:rsidP="00786A5D">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="163E70"/>
+                <w:sz w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:sdt>
+            <w:sdtPr>
+              <w:rPr>
+                <w:color w:val="163E70"/>
+              </w:rPr>
+              <w:id w:val="591441501"/>
+              <w:placeholder>
+                <w:docPart w:val="EB02BD1BF7334C0698613939C00E391A"/>
+              </w:placeholder>
+              <w15:color w:val="333399"/>
+            </w:sdtPr>
+            <w:sdtEndPr/>
+            <w:sdtContent>
+              <w:sdt>
+                <w:sdtPr>
+                  <w:rPr>
+                    <w:rStyle w:val="Style1"/>
+                  </w:rPr>
+                  <w:id w:val="615720827"/>
+                  <w:placeholder>
+                    <w:docPart w:val="0C539F06DF234496854AA9586F4349BB"/>
+                  </w:placeholder>
+                  <w15:color w:val="333399"/>
+                </w:sdtPr>
+                <w:sdtEndPr>
+                  <w:rPr>
+                    <w:rStyle w:val="DefaultParagraphFont"/>
+                    <w:color w:val="auto"/>
+                  </w:rPr>
+                </w:sdtEndPr>
+                <w:sdtContent>
+                  <w:sdt>
+                    <w:sdtPr>
+                      <w:rPr>
+                        <w:rStyle w:val="Style1"/>
+                      </w:rPr>
+                      <w:id w:val="261969983"/>
+                      <w:placeholder>
+                        <w:docPart w:val="00F4707E524E4FE8AE1ED9B2C8B3EC16"/>
+                      </w:placeholder>
+                      <w:showingPlcHdr/>
+                      <w15:color w:val="333399"/>
+                    </w:sdtPr>
+                    <w:sdtEndPr>
+                      <w:rPr>
+                        <w:rStyle w:val="DefaultParagraphFont"/>
+                        <w:color w:val="auto"/>
+                      </w:rPr>
+                    </w:sdtEndPr>
+                    <w:sdtContent>
+                      <w:p w14:paraId="7216ACF9" w14:textId="77777777" w:rsidR="00564E2B" w:rsidRPr="002C1F85" w:rsidRDefault="00644F27" w:rsidP="00786A5D">
+                        <w:pPr>
+                          <w:rPr>
+                            <w:color w:val="163E70"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="002C1F85">
+                          <w:rPr>
+                            <w:rStyle w:val="PlaceholderText"/>
+                            <w:color w:val="163E70"/>
+                          </w:rPr>
+                          <w:t>Enter text</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:sdtContent>
+                  </w:sdt>
+                </w:sdtContent>
+              </w:sdt>
+            </w:sdtContent>
+          </w:sdt>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3597" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6AF6C504" w14:textId="77777777" w:rsidR="00564E2B" w:rsidRPr="002C1F85" w:rsidRDefault="00564E2B" w:rsidP="00786A5D">
+            <w:r w:rsidRPr="002C1F85">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>E-Mail</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C1F85">
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17F10E56" w14:textId="77777777" w:rsidR="00564E2B" w:rsidRPr="002C1F85" w:rsidRDefault="00564E2B" w:rsidP="00786A5D">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="163E70"/>
+                <w:sz w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:sdt>
+            <w:sdtPr>
+              <w:rPr>
+                <w:color w:val="163E70"/>
+              </w:rPr>
+              <w:id w:val="-489794891"/>
+              <w:placeholder>
+                <w:docPart w:val="B0EB23588E38429BA63CA0CF3C5CA1C6"/>
+              </w:placeholder>
+              <w15:color w:val="333399"/>
+            </w:sdtPr>
+            <w:sdtEndPr/>
+            <w:sdtContent>
+              <w:sdt>
+                <w:sdtPr>
+                  <w:rPr>
+                    <w:rStyle w:val="Style1"/>
+                  </w:rPr>
+                  <w:id w:val="-1974282990"/>
+                  <w:placeholder>
+                    <w:docPart w:val="49E83797D9264F579AD8383F05A2136A"/>
+                  </w:placeholder>
+                  <w15:color w:val="333399"/>
+                </w:sdtPr>
+                <w:sdtEndPr>
+                  <w:rPr>
+                    <w:rStyle w:val="DefaultParagraphFont"/>
+                    <w:color w:val="auto"/>
+                  </w:rPr>
+                </w:sdtEndPr>
+                <w:sdtContent>
+                  <w:sdt>
+                    <w:sdtPr>
+                      <w:rPr>
+                        <w:rStyle w:val="Style1"/>
+                      </w:rPr>
+                      <w:id w:val="1155036836"/>
+                      <w:placeholder>
+                        <w:docPart w:val="5CBB48FF6939440C8EDD6D704266A861"/>
+                      </w:placeholder>
+                      <w:showingPlcHdr/>
+                      <w15:color w:val="333399"/>
+                    </w:sdtPr>
+                    <w:sdtEndPr>
+                      <w:rPr>
+                        <w:rStyle w:val="DefaultParagraphFont"/>
+                        <w:color w:val="auto"/>
+                      </w:rPr>
+                    </w:sdtEndPr>
+                    <w:sdtContent>
+                      <w:p w14:paraId="15BFB1AB" w14:textId="77777777" w:rsidR="00564E2B" w:rsidRPr="002C1F85" w:rsidRDefault="00644F27" w:rsidP="00786A5D">
+                        <w:pPr>
+                          <w:rPr>
+                            <w:color w:val="163E70"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="002C1F85">
+                          <w:rPr>
+                            <w:rStyle w:val="PlaceholderText"/>
+                            <w:color w:val="163E70"/>
+                          </w:rPr>
+                          <w:t>Enter text</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:sdtContent>
+                  </w:sdt>
+                </w:sdtContent>
+              </w:sdt>
+            </w:sdtContent>
+          </w:sdt>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3597" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="760F97FA" w14:textId="77777777" w:rsidR="00564E2B" w:rsidRPr="002C1F85" w:rsidRDefault="00564E2B" w:rsidP="00786A5D">
+            <w:r w:rsidRPr="002C1F85">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Phone #</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C1F85">
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F464E20" w14:textId="77777777" w:rsidR="00564E2B" w:rsidRPr="002C1F85" w:rsidRDefault="00564E2B" w:rsidP="00786A5D">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="163E70"/>
+                <w:sz w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:sdt>
+            <w:sdtPr>
+              <w:rPr>
+                <w:color w:val="163E70"/>
+              </w:rPr>
+              <w:id w:val="1842965190"/>
+              <w:placeholder>
+                <w:docPart w:val="CF8825571EAC45CC8CF5A67E1FC7EA3F"/>
+              </w:placeholder>
+              <w15:color w:val="333399"/>
+            </w:sdtPr>
+            <w:sdtEndPr/>
+            <w:sdtContent>
+              <w:sdt>
+                <w:sdtPr>
+                  <w:rPr>
+                    <w:rStyle w:val="Style1"/>
+                  </w:rPr>
+                  <w:id w:val="1424145812"/>
+                  <w:placeholder>
+                    <w:docPart w:val="4FBD4328F9234DE99DFDDC9011EF0B94"/>
+                  </w:placeholder>
+                  <w15:color w:val="333399"/>
+                </w:sdtPr>
+                <w:sdtEndPr>
+                  <w:rPr>
+                    <w:rStyle w:val="DefaultParagraphFont"/>
+                    <w:color w:val="auto"/>
+                  </w:rPr>
+                </w:sdtEndPr>
+                <w:sdtContent>
+                  <w:sdt>
+                    <w:sdtPr>
+                      <w:rPr>
+                        <w:rStyle w:val="Style1"/>
+                      </w:rPr>
+                      <w:id w:val="-321811854"/>
+                      <w:placeholder>
+                        <w:docPart w:val="6061D24F32D546BEB4B98FD2D0D095B5"/>
+                      </w:placeholder>
+                      <w:showingPlcHdr/>
+                      <w15:color w:val="333399"/>
+                    </w:sdtPr>
+                    <w:sdtEndPr>
+                      <w:rPr>
+                        <w:rStyle w:val="DefaultParagraphFont"/>
+                        <w:color w:val="auto"/>
+                      </w:rPr>
+                    </w:sdtEndPr>
+                    <w:sdtContent>
+                      <w:p w14:paraId="573008A6" w14:textId="77777777" w:rsidR="00564E2B" w:rsidRPr="002C1F85" w:rsidRDefault="00644F27" w:rsidP="00786A5D">
+                        <w:pPr>
+                          <w:rPr>
+                            <w:color w:val="163E70"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="002C1F85">
+                          <w:rPr>
+                            <w:rStyle w:val="PlaceholderText"/>
+                            <w:color w:val="163E70"/>
+                          </w:rPr>
+                          <w:t>Enter text</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:sdtContent>
+                  </w:sdt>
+                </w:sdtContent>
+              </w:sdt>
+            </w:sdtContent>
+          </w:sdt>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E331F" w14:paraId="02D2EB2F" w14:textId="77777777" w:rsidTr="00AC05B6">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10790" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
+          </w:tcPr>
+          <w:p w14:paraId="78662CD5" w14:textId="77777777" w:rsidR="009E331F" w:rsidRPr="002C1F85" w:rsidRDefault="009E331F" w:rsidP="00786A5D">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B52A8" w14:paraId="73C57753" w14:textId="77777777" w:rsidTr="003B52A8">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4765" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BF58D43" w14:textId="253F1EE3" w:rsidR="003B52A8" w:rsidRDefault="003B52A8" w:rsidP="00786A5D">
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Current Review Category</w:t>
+            </w:r>
+            <w:r>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E4E3854" w14:textId="77777777" w:rsidR="003B52A8" w:rsidRPr="0038615E" w:rsidRDefault="003B52A8" w:rsidP="00786A5D">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblStyle w:val="PlainTable1"/>
+              <w:tblW w:w="0" w:type="auto"/>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="510"/>
+              <w:gridCol w:w="3870"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="00F42878" w14:paraId="776717C9" w14:textId="77777777" w:rsidTr="00193A3D">
+              <w:trPr>
+                <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              </w:trPr>
+              <w:bookmarkStart w:id="1" w:name="_Hlk203042187" w:displacedByCustomXml="next"/>
+              <w:sdt>
+                <w:sdtPr>
+                  <w:id w:val="-1210343701"/>
+                  <w14:checkbox>
+                    <w14:checked w14:val="0"/>
+                    <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                    <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                  </w14:checkbox>
+                </w:sdtPr>
+                <w:sdtEndPr/>
+                <w:sdtContent>
+                  <w:tc>
+                    <w:tcPr>
+                      <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                      <w:tcW w:w="510" w:type="dxa"/>
+                      <w:vAlign w:val="center"/>
+                    </w:tcPr>
+                    <w:p w14:paraId="12CF63DA" w14:textId="08B4EB63" w:rsidR="00F42878" w:rsidRPr="00193A3D" w:rsidRDefault="00193A3D" w:rsidP="00193A3D">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:b w:val="0"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                          <w:b w:val="0"/>
+                        </w:rPr>
+                        <w:t>☐</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:tc>
+                </w:sdtContent>
+              </w:sdt>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3870" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="39366901" w14:textId="6C7A87BC" w:rsidR="00F42878" w:rsidRPr="00725FAC" w:rsidRDefault="00193A3D" w:rsidP="00786A5D">
+                  <w:pPr>
+                    <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                    <w:rPr>
+                      <w:b w:val="0"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00725FAC">
+                    <w:rPr>
+                      <w:b w:val="0"/>
+                    </w:rPr>
+                    <w:t>Exempt</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00F42878" w14:paraId="0BC46132" w14:textId="77777777" w:rsidTr="00193A3D">
+              <w:trPr>
+                <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              </w:trPr>
+              <w:sdt>
+                <w:sdtPr>
+                  <w:id w:val="-703332702"/>
+                  <w14:checkbox>
+                    <w14:checked w14:val="0"/>
+                    <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                    <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                  </w14:checkbox>
+                </w:sdtPr>
+                <w:sdtEndPr/>
+                <w:sdtContent>
+                  <w:tc>
+                    <w:tcPr>
+                      <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                      <w:tcW w:w="510" w:type="dxa"/>
+                      <w:vAlign w:val="center"/>
+                    </w:tcPr>
+                    <w:p w14:paraId="490884B6" w14:textId="06E0CB95" w:rsidR="00F42878" w:rsidRPr="00193A3D" w:rsidRDefault="00193A3D" w:rsidP="00193A3D">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:b w:val="0"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                          <w:b w:val="0"/>
+                        </w:rPr>
+                        <w:t>☐</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:tc>
+                </w:sdtContent>
+              </w:sdt>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3870" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="66D81C59" w14:textId="3827EFA7" w:rsidR="00F42878" w:rsidRPr="00193A3D" w:rsidRDefault="00193A3D" w:rsidP="00786A5D">
+                  <w:pPr>
+                    <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:t>Non-Exempt (Expedited or Full Board)</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:bookmarkEnd w:id="1"/>
+          </w:tbl>
+          <w:p w14:paraId="23DDA9C9" w14:textId="3497A31E" w:rsidR="00F42878" w:rsidRPr="00193A3D" w:rsidRDefault="00F42878" w:rsidP="00786A5D">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6025" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="71F15217" w14:textId="462ECBD2" w:rsidR="003B52A8" w:rsidRDefault="003B52A8" w:rsidP="00786A5D">
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Current Project Status</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C4E2297" w14:textId="77777777" w:rsidR="0038615E" w:rsidRPr="0038615E" w:rsidRDefault="0038615E" w:rsidP="00786A5D">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblStyle w:val="PlainTable1"/>
+              <w:tblW w:w="0" w:type="auto"/>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="510"/>
+              <w:gridCol w:w="5041"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="0038615E" w14:paraId="08246BC4" w14:textId="77777777" w:rsidTr="00F808C4">
+              <w:trPr>
+                <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              </w:trPr>
+              <w:sdt>
+                <w:sdtPr>
+                  <w:id w:val="-2046520684"/>
+                  <w14:checkbox>
+                    <w14:checked w14:val="0"/>
+                    <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                    <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                  </w14:checkbox>
+                </w:sdtPr>
+                <w:sdtEndPr/>
+                <w:sdtContent>
+                  <w:tc>
+                    <w:tcPr>
+                      <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                      <w:tcW w:w="510" w:type="dxa"/>
+                    </w:tcPr>
+                    <w:p w14:paraId="7D633BB0" w14:textId="77777777" w:rsidR="0038615E" w:rsidRDefault="0038615E" w:rsidP="0038615E">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                          <w:b w:val="0"/>
+                        </w:rPr>
+                        <w:t>☐</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:tc>
+                </w:sdtContent>
+              </w:sdt>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="5041" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="62F5BB6F" w14:textId="77777777" w:rsidR="0038615E" w:rsidRPr="00225275" w:rsidRDefault="0038615E" w:rsidP="0038615E">
+                  <w:pPr>
+                    <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                    <w:rPr>
+                      <w:b w:val="0"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00225275">
+                    <w:rPr>
+                      <w:b w:val="0"/>
+                    </w:rPr>
+                    <w:t>Not yet started (no participants enrolled)</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="0038615E" w14:paraId="589CA51E" w14:textId="77777777" w:rsidTr="00F808C4">
+              <w:trPr>
+                <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              </w:trPr>
+              <w:sdt>
+                <w:sdtPr>
+                  <w:id w:val="2063747406"/>
+                  <w14:checkbox>
+                    <w14:checked w14:val="0"/>
+                    <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                    <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                  </w14:checkbox>
+                </w:sdtPr>
+                <w:sdtEndPr/>
+                <w:sdtContent>
+                  <w:tc>
+                    <w:tcPr>
+                      <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                      <w:tcW w:w="510" w:type="dxa"/>
+                    </w:tcPr>
+                    <w:p w14:paraId="7846FAE4" w14:textId="77777777" w:rsidR="0038615E" w:rsidRPr="00193A3D" w:rsidRDefault="0038615E" w:rsidP="0038615E">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:b w:val="0"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00193A3D">
+                        <w:rPr>
+                          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                          <w:b w:val="0"/>
+                        </w:rPr>
+                        <w:t>☐</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:tc>
+                </w:sdtContent>
+              </w:sdt>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="5041" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="561401FA" w14:textId="77777777" w:rsidR="0038615E" w:rsidRPr="00225275" w:rsidRDefault="0038615E" w:rsidP="0038615E">
+                  <w:pPr>
+                    <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:t>In</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00225275">
+                    <w:t xml:space="preserve"> progress and enrolling participants</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00225275">
+                    <w:br/>
+                  </w:r>
+                  <w:r w:rsidRPr="00225275">
+                    <w:rPr>
+                      <w:i/>
+                      <w:color w:val="0096D6"/>
+                    </w:rPr>
+                    <w:t>(specify the # of participants enrolled to date below)</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="0038615E" w14:paraId="0F37F0CA" w14:textId="77777777" w:rsidTr="00F808C4">
+              <w:sdt>
+                <w:sdtPr>
+                  <w:id w:val="-2060619669"/>
+                  <w14:checkbox>
+                    <w14:checked w14:val="0"/>
+                    <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                    <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                  </w14:checkbox>
+                </w:sdtPr>
+                <w:sdtEndPr/>
+                <w:sdtContent>
+                  <w:tc>
+                    <w:tcPr>
+                      <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                      <w:tcW w:w="510" w:type="dxa"/>
+                    </w:tcPr>
+                    <w:p w14:paraId="0C774CD0" w14:textId="77777777" w:rsidR="0038615E" w:rsidRPr="00193A3D" w:rsidRDefault="0038615E" w:rsidP="0038615E">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:b w:val="0"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                          <w:b w:val="0"/>
+                        </w:rPr>
+                        <w:t>☐</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:tc>
+                </w:sdtContent>
+              </w:sdt>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="5041" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="57CA8407" w14:textId="77777777" w:rsidR="0038615E" w:rsidRPr="00193A3D" w:rsidRDefault="0038615E" w:rsidP="0038615E">
+                  <w:pPr>
+                    <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:t>Closed to enrollment – active follow-up ongoing</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="0038615E" w14:paraId="35C8BC24" w14:textId="77777777" w:rsidTr="00F808C4">
+              <w:trPr>
+                <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              </w:trPr>
+              <w:sdt>
+                <w:sdtPr>
+                  <w:id w:val="-149449013"/>
+                  <w14:checkbox>
+                    <w14:checked w14:val="0"/>
+                    <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                    <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                  </w14:checkbox>
+                </w:sdtPr>
+                <w:sdtEndPr/>
+                <w:sdtContent>
+                  <w:tc>
+                    <w:tcPr>
+                      <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                      <w:tcW w:w="510" w:type="dxa"/>
+                    </w:tcPr>
+                    <w:p w14:paraId="701D2C9A" w14:textId="77777777" w:rsidR="0038615E" w:rsidRDefault="0038615E" w:rsidP="0038615E">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                          <w:b w:val="0"/>
+                        </w:rPr>
+                        <w:t>☐</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:tc>
+                </w:sdtContent>
+              </w:sdt>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="5041" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="2A450B21" w14:textId="77777777" w:rsidR="0038615E" w:rsidRDefault="0038615E" w:rsidP="0038615E">
+                  <w:pPr>
+                    <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:t>Data analysis only</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="0038615E" w14:paraId="57DD6A13" w14:textId="77777777" w:rsidTr="00F808C4">
+              <w:sdt>
+                <w:sdtPr>
+                  <w:id w:val="191886147"/>
+                  <w14:checkbox>
+                    <w14:checked w14:val="0"/>
+                    <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                    <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                  </w14:checkbox>
+                </w:sdtPr>
+                <w:sdtEndPr/>
+                <w:sdtContent>
+                  <w:tc>
+                    <w:tcPr>
+                      <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                      <w:tcW w:w="510" w:type="dxa"/>
+                    </w:tcPr>
+                    <w:p w14:paraId="70E69208" w14:textId="77777777" w:rsidR="0038615E" w:rsidRDefault="0038615E" w:rsidP="0038615E">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:b w:val="0"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                          <w:b w:val="0"/>
+                        </w:rPr>
+                        <w:t>☐</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:tc>
+                </w:sdtContent>
+              </w:sdt>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="5041" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="587D3EC1" w14:textId="77777777" w:rsidR="0038615E" w:rsidRDefault="0038615E" w:rsidP="0038615E">
+                  <w:pPr>
+                    <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:t xml:space="preserve">Other </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="003B52A8">
+                    <w:rPr>
+                      <w:i/>
+                      <w:color w:val="0096D6"/>
+                    </w:rPr>
+                    <w:t>(specify below</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:i/>
+                    </w:rPr>
+                    <w:t>)</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w14:paraId="2AE09B9A" w14:textId="252D2B09" w:rsidR="003B52A8" w:rsidRDefault="003B52A8" w:rsidP="00786A5D">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:sdt>
+            <w:sdtPr>
+              <w:rPr>
+                <w:rStyle w:val="Style1"/>
+              </w:rPr>
+              <w:id w:val="1132287696"/>
+              <w:placeholder>
+                <w:docPart w:val="58F68B68992B4145BAEAD61618DA225F"/>
+              </w:placeholder>
+              <w:showingPlcHdr/>
+              <w15:color w:val="333399"/>
+            </w:sdtPr>
+            <w:sdtEndPr>
+              <w:rPr>
+                <w:rStyle w:val="DefaultParagraphFont"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:sdtEndPr>
+            <w:sdtContent>
+              <w:p w14:paraId="5F6FB9F7" w14:textId="77777777" w:rsidR="003B52A8" w:rsidRDefault="003B52A8" w:rsidP="003B52A8">
+                <w:pPr>
+                  <w:rPr>
+                    <w:rStyle w:val="Style1"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="002C1F85">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:color w:val="163E70"/>
+                  </w:rPr>
+                  <w:t>Enter text</w:t>
+                </w:r>
+              </w:p>
+            </w:sdtContent>
+          </w:sdt>
+          <w:p w14:paraId="715F657E" w14:textId="2226990F" w:rsidR="003B52A8" w:rsidRPr="003B52A8" w:rsidRDefault="003B52A8" w:rsidP="00786A5D">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008026F3" w14:paraId="2663901A" w14:textId="77777777" w:rsidTr="008026F3">
+        <w:trPr>
+          <w:trHeight w:val="360"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="265" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="04E7E3F1" w14:textId="41F8812C" w:rsidR="008026F3" w:rsidRPr="00B44E4E" w:rsidRDefault="008026F3" w:rsidP="006E0DBD">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="0096D6"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="0096D6"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10525" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4F2054D7" w14:textId="076D9AA6" w:rsidR="008026F3" w:rsidRDefault="008026F3" w:rsidP="006E0DBD">
+            <w:r>
+              <w:t xml:space="preserve">Per the federal regulations, only </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002845AF">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>one</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> individual can be named as the principal investigator of the </w:t>
+            </w:r>
+            <w:r w:rsidR="00822639">
+              <w:t>project</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008026F3" w14:paraId="65471AFF" w14:textId="77777777" w:rsidTr="008026F3">
+        <w:trPr>
+          <w:trHeight w:val="360"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="265" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="072BA010" w14:textId="6B6A3C58" w:rsidR="008026F3" w:rsidRDefault="002C3D7F" w:rsidP="006E0DBD">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="0096D6"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="0096D6"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10525" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2FA8440B" w14:textId="7000AFDF" w:rsidR="008026F3" w:rsidRDefault="002845AF" w:rsidP="006E0DBD">
+            <w:bookmarkStart w:id="2" w:name="_Hlk202257618"/>
+            <w:r>
+              <w:t>If a UNE student is named as the principal investigator of the study, a UNE-affiliated faculty advisor MUST be designated within the application.</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="2"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3D106074" w14:textId="72CDE37C" w:rsidR="00193A3D" w:rsidRDefault="00193A3D" w:rsidP="00786A5D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F9CF911" w14:textId="77777777" w:rsidR="00193A3D" w:rsidRDefault="00193A3D">
       <w:r>
-        <w:rPr>
-[...41 lines deleted...]
-        </w:rPr>
+        <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p>
-[...6 lines deleted...]
-        </w:rPr>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="115" w:type="dxa"/>
+          <w:right w:w="115" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5395"/>
+        <w:gridCol w:w="5395"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00B861B8" w14:paraId="18E93858" w14:textId="77777777" w:rsidTr="006B6665">
+        <w:trPr>
+          <w:trHeight w:val="647"/>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10790" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="163E70"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="091C2CA4" w14:textId="32A6CB7D" w:rsidR="00B861B8" w:rsidRPr="002764D2" w:rsidRDefault="00B375E9" w:rsidP="001C1410">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="8"/>
+              </w:numPr>
+              <w:ind w:left="416"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="3" w:name="_Hlk202447306"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>SUMMARY OF REQUESTED CHANGES</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00295134" w14:paraId="023E8DFD" w14:textId="77777777" w:rsidTr="00295134">
+        <w:trPr>
+          <w:trHeight w:val="360"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10790" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AB9968F" w14:textId="02BFE1DF" w:rsidR="00295134" w:rsidRPr="00B375E9" w:rsidRDefault="00292025" w:rsidP="00DF760E">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:ind w:left="425"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Type of change</w:t>
+            </w:r>
+            <w:r w:rsidR="00B375E9">
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidR="00B375E9">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>(select all that apply)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3421EADE" w14:textId="143C02F8" w:rsidR="00B375E9" w:rsidRPr="00BE0D7C" w:rsidRDefault="00B375E9" w:rsidP="00B375E9">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="425"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblStyle w:val="PlainTable1"/>
+              <w:tblW w:w="6210" w:type="dxa"/>
+              <w:tblInd w:w="420" w:type="dxa"/>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="450"/>
+              <w:gridCol w:w="5760"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="00BE0D7C" w14:paraId="7D06AC69" w14:textId="77777777" w:rsidTr="00BE0D7C">
+              <w:trPr>
+                <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              </w:trPr>
+              <w:sdt>
+                <w:sdtPr>
+                  <w:id w:val="1524832078"/>
+                  <w14:checkbox>
+                    <w14:checked w14:val="0"/>
+                    <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                    <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                  </w14:checkbox>
+                </w:sdtPr>
+                <w:sdtEndPr/>
+                <w:sdtContent>
+                  <w:tc>
+                    <w:tcPr>
+                      <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                      <w:tcW w:w="450" w:type="dxa"/>
+                      <w:vAlign w:val="center"/>
+                    </w:tcPr>
+                    <w:p w14:paraId="71AC1455" w14:textId="230C5364" w:rsidR="00BE0D7C" w:rsidRPr="00BE0D7C" w:rsidRDefault="00BE0D7C" w:rsidP="00BE0D7C">
+                      <w:pPr>
+                        <w:pStyle w:val="ListParagraph"/>
+                        <w:ind w:left="0"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:b w:val="0"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00BE0D7C">
+                        <w:rPr>
+                          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                          <w:b w:val="0"/>
+                        </w:rPr>
+                        <w:t>☐</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:tc>
+                </w:sdtContent>
+              </w:sdt>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="5760" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="719505A6" w14:textId="76063A78" w:rsidR="00BE0D7C" w:rsidRPr="00BE0D7C" w:rsidRDefault="00BE0D7C" w:rsidP="00B375E9">
+                  <w:pPr>
+                    <w:pStyle w:val="ListParagraph"/>
+                    <w:ind w:left="0"/>
+                    <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                    <w:rPr>
+                      <w:b w:val="0"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:b w:val="0"/>
+                    </w:rPr>
+                    <w:t>Study design or methodology</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00BE0D7C" w14:paraId="76263F1C" w14:textId="77777777" w:rsidTr="00BE0D7C">
+              <w:trPr>
+                <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              </w:trPr>
+              <w:sdt>
+                <w:sdtPr>
+                  <w:id w:val="-1696926211"/>
+                  <w14:checkbox>
+                    <w14:checked w14:val="0"/>
+                    <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                    <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                  </w14:checkbox>
+                </w:sdtPr>
+                <w:sdtEndPr/>
+                <w:sdtContent>
+                  <w:tc>
+                    <w:tcPr>
+                      <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                      <w:tcW w:w="450" w:type="dxa"/>
+                      <w:vAlign w:val="center"/>
+                    </w:tcPr>
+                    <w:p w14:paraId="041122C5" w14:textId="1EE8F0D0" w:rsidR="00BE0D7C" w:rsidRPr="00BE0D7C" w:rsidRDefault="00BE0D7C" w:rsidP="00BE0D7C">
+                      <w:pPr>
+                        <w:pStyle w:val="ListParagraph"/>
+                        <w:ind w:left="0"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:b w:val="0"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00BE0D7C">
+                        <w:rPr>
+                          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                          <w:b w:val="0"/>
+                        </w:rPr>
+                        <w:t>☐</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:tc>
+                </w:sdtContent>
+              </w:sdt>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="5760" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="206FA554" w14:textId="53486564" w:rsidR="00BE0D7C" w:rsidRPr="00BE0D7C" w:rsidRDefault="00BE0D7C" w:rsidP="00BE0D7C">
+                  <w:pPr>
+                    <w:pStyle w:val="ListParagraph"/>
+                    <w:ind w:left="0"/>
+                    <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:t>Research population or inclusion/exclusion criteria</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00BE0D7C" w14:paraId="3FC4ED96" w14:textId="77777777" w:rsidTr="00BE0D7C">
+              <w:sdt>
+                <w:sdtPr>
+                  <w:id w:val="-757753607"/>
+                  <w14:checkbox>
+                    <w14:checked w14:val="0"/>
+                    <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                    <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                  </w14:checkbox>
+                </w:sdtPr>
+                <w:sdtEndPr/>
+                <w:sdtContent>
+                  <w:tc>
+                    <w:tcPr>
+                      <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                      <w:tcW w:w="450" w:type="dxa"/>
+                      <w:vAlign w:val="center"/>
+                    </w:tcPr>
+                    <w:p w14:paraId="34500CD5" w14:textId="75A222EE" w:rsidR="00BE0D7C" w:rsidRPr="00BE0D7C" w:rsidRDefault="00BE0D7C" w:rsidP="00BE0D7C">
+                      <w:pPr>
+                        <w:pStyle w:val="ListParagraph"/>
+                        <w:ind w:left="0"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:b w:val="0"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00BE0D7C">
+                        <w:rPr>
+                          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                          <w:b w:val="0"/>
+                        </w:rPr>
+                        <w:t>☐</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:tc>
+                </w:sdtContent>
+              </w:sdt>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="5760" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="7E09245D" w14:textId="5D476C4F" w:rsidR="00BE0D7C" w:rsidRPr="00BE0D7C" w:rsidRDefault="00BE0D7C" w:rsidP="00BE0D7C">
+                  <w:pPr>
+                    <w:pStyle w:val="ListParagraph"/>
+                    <w:ind w:left="0"/>
+                    <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:t>Recruitment procedures or materials</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00BE0D7C" w14:paraId="4B894AEA" w14:textId="77777777" w:rsidTr="00BE0D7C">
+              <w:trPr>
+                <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              </w:trPr>
+              <w:sdt>
+                <w:sdtPr>
+                  <w:id w:val="-800767211"/>
+                  <w14:checkbox>
+                    <w14:checked w14:val="0"/>
+                    <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                    <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                  </w14:checkbox>
+                </w:sdtPr>
+                <w:sdtEndPr/>
+                <w:sdtContent>
+                  <w:tc>
+                    <w:tcPr>
+                      <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                      <w:tcW w:w="450" w:type="dxa"/>
+                      <w:vAlign w:val="center"/>
+                    </w:tcPr>
+                    <w:p w14:paraId="00DB5941" w14:textId="6E0FAD2F" w:rsidR="00BE0D7C" w:rsidRPr="00BE0D7C" w:rsidRDefault="00BE0D7C" w:rsidP="00BE0D7C">
+                      <w:pPr>
+                        <w:pStyle w:val="ListParagraph"/>
+                        <w:ind w:left="0"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:b w:val="0"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00BE0D7C">
+                        <w:rPr>
+                          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                          <w:b w:val="0"/>
+                        </w:rPr>
+                        <w:t>☐</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:tc>
+                </w:sdtContent>
+              </w:sdt>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="5760" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="79FBCA35" w14:textId="7FE89F9C" w:rsidR="00BE0D7C" w:rsidRPr="00BE0D7C" w:rsidRDefault="00BE0D7C" w:rsidP="00BE0D7C">
+                  <w:pPr>
+                    <w:pStyle w:val="ListParagraph"/>
+                    <w:ind w:left="0"/>
+                    <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:t>Consent documents</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00292025">
+                    <w:t xml:space="preserve"> or consent </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:t>process</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00BE0D7C" w14:paraId="2B24AAF9" w14:textId="77777777" w:rsidTr="00BE0D7C">
+              <w:sdt>
+                <w:sdtPr>
+                  <w:id w:val="-723061852"/>
+                  <w14:checkbox>
+                    <w14:checked w14:val="0"/>
+                    <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                    <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                  </w14:checkbox>
+                </w:sdtPr>
+                <w:sdtEndPr/>
+                <w:sdtContent>
+                  <w:tc>
+                    <w:tcPr>
+                      <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                      <w:tcW w:w="450" w:type="dxa"/>
+                      <w:vAlign w:val="center"/>
+                    </w:tcPr>
+                    <w:p w14:paraId="6D0BDB88" w14:textId="28A2674D" w:rsidR="00BE0D7C" w:rsidRPr="00BE0D7C" w:rsidRDefault="00BE0D7C" w:rsidP="00BE0D7C">
+                      <w:pPr>
+                        <w:pStyle w:val="ListParagraph"/>
+                        <w:ind w:left="0"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:b w:val="0"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00BE0D7C">
+                        <w:rPr>
+                          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                          <w:b w:val="0"/>
+                        </w:rPr>
+                        <w:t>☐</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:tc>
+                </w:sdtContent>
+              </w:sdt>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="5760" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="7AF1D927" w14:textId="28BA70B6" w:rsidR="00BE0D7C" w:rsidRPr="00BE0D7C" w:rsidRDefault="00BE0D7C" w:rsidP="00BE0D7C">
+                  <w:pPr>
+                    <w:pStyle w:val="ListParagraph"/>
+                    <w:ind w:left="0"/>
+                    <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:t>Study sites or locations</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00BE0D7C" w14:paraId="336039DC" w14:textId="77777777" w:rsidTr="00BE0D7C">
+              <w:trPr>
+                <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              </w:trPr>
+              <w:sdt>
+                <w:sdtPr>
+                  <w:id w:val="-222139582"/>
+                  <w14:checkbox>
+                    <w14:checked w14:val="0"/>
+                    <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                    <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                  </w14:checkbox>
+                </w:sdtPr>
+                <w:sdtEndPr/>
+                <w:sdtContent>
+                  <w:tc>
+                    <w:tcPr>
+                      <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                      <w:tcW w:w="450" w:type="dxa"/>
+                      <w:vAlign w:val="center"/>
+                    </w:tcPr>
+                    <w:p w14:paraId="38BFEB66" w14:textId="0D95E025" w:rsidR="00BE0D7C" w:rsidRPr="00BE0D7C" w:rsidRDefault="00BE0D7C" w:rsidP="00BE0D7C">
+                      <w:pPr>
+                        <w:pStyle w:val="ListParagraph"/>
+                        <w:ind w:left="0"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:b w:val="0"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00BE0D7C">
+                        <w:rPr>
+                          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                          <w:b w:val="0"/>
+                        </w:rPr>
+                        <w:t>☐</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:tc>
+                </w:sdtContent>
+              </w:sdt>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="5760" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="35B672D6" w14:textId="798BDA85" w:rsidR="00BE0D7C" w:rsidRPr="00BE0D7C" w:rsidRDefault="00BE0D7C" w:rsidP="00BE0D7C">
+                  <w:pPr>
+                    <w:pStyle w:val="ListParagraph"/>
+                    <w:ind w:left="0"/>
+                    <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:t>Data collection tools or procedures</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00BE0D7C" w14:paraId="5B6E647C" w14:textId="77777777" w:rsidTr="00BE0D7C">
+              <w:sdt>
+                <w:sdtPr>
+                  <w:id w:val="-1819792556"/>
+                  <w14:checkbox>
+                    <w14:checked w14:val="0"/>
+                    <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                    <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                  </w14:checkbox>
+                </w:sdtPr>
+                <w:sdtEndPr/>
+                <w:sdtContent>
+                  <w:tc>
+                    <w:tcPr>
+                      <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                      <w:tcW w:w="450" w:type="dxa"/>
+                      <w:vAlign w:val="center"/>
+                    </w:tcPr>
+                    <w:p w14:paraId="0D9876A8" w14:textId="3A7C1E0E" w:rsidR="00BE0D7C" w:rsidRPr="00BE0D7C" w:rsidRDefault="00BE0D7C" w:rsidP="00BE0D7C">
+                      <w:pPr>
+                        <w:pStyle w:val="ListParagraph"/>
+                        <w:ind w:left="0"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:b w:val="0"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00BE0D7C">
+                        <w:rPr>
+                          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                          <w:b w:val="0"/>
+                        </w:rPr>
+                        <w:t>☐</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:tc>
+                </w:sdtContent>
+              </w:sdt>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="5760" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="2D0CB451" w14:textId="5FB7E731" w:rsidR="00BE0D7C" w:rsidRPr="00BE0D7C" w:rsidRDefault="00BE0D7C" w:rsidP="00BE0D7C">
+                  <w:pPr>
+                    <w:pStyle w:val="ListParagraph"/>
+                    <w:ind w:left="0"/>
+                    <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:t>Addition or removal of investigators or personnel</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00BE0D7C" w14:paraId="442FBAA6" w14:textId="77777777" w:rsidTr="00BE0D7C">
+              <w:trPr>
+                <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              </w:trPr>
+              <w:sdt>
+                <w:sdtPr>
+                  <w:id w:val="-1926092734"/>
+                  <w14:checkbox>
+                    <w14:checked w14:val="0"/>
+                    <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                    <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                  </w14:checkbox>
+                </w:sdtPr>
+                <w:sdtEndPr/>
+                <w:sdtContent>
+                  <w:tc>
+                    <w:tcPr>
+                      <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                      <w:tcW w:w="450" w:type="dxa"/>
+                      <w:vAlign w:val="center"/>
+                    </w:tcPr>
+                    <w:p w14:paraId="3511D9D1" w14:textId="61E2FD42" w:rsidR="00BE0D7C" w:rsidRPr="00BE0D7C" w:rsidRDefault="00BE0D7C" w:rsidP="00BE0D7C">
+                      <w:pPr>
+                        <w:pStyle w:val="ListParagraph"/>
+                        <w:ind w:left="0"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:b w:val="0"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00BE0D7C">
+                        <w:rPr>
+                          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                          <w:b w:val="0"/>
+                        </w:rPr>
+                        <w:t>☐</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:tc>
+                </w:sdtContent>
+              </w:sdt>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="5760" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="08DDE891" w14:textId="6A83BBC4" w:rsidR="00BE0D7C" w:rsidRPr="00BE0D7C" w:rsidRDefault="00BE0D7C" w:rsidP="00BE0D7C">
+                  <w:pPr>
+                    <w:pStyle w:val="ListParagraph"/>
+                    <w:ind w:left="0"/>
+                    <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:t>Funding source or sponsor</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00BE0D7C" w14:paraId="0BAFC728" w14:textId="77777777" w:rsidTr="00BE0D7C">
+              <w:sdt>
+                <w:sdtPr>
+                  <w:id w:val="-1593081332"/>
+                  <w14:checkbox>
+                    <w14:checked w14:val="0"/>
+                    <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                    <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                  </w14:checkbox>
+                </w:sdtPr>
+                <w:sdtEndPr/>
+                <w:sdtContent>
+                  <w:tc>
+                    <w:tcPr>
+                      <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                      <w:tcW w:w="450" w:type="dxa"/>
+                      <w:vAlign w:val="center"/>
+                    </w:tcPr>
+                    <w:p w14:paraId="319BDC72" w14:textId="2FFD3F8C" w:rsidR="00BE0D7C" w:rsidRPr="00BE0D7C" w:rsidRDefault="00BE0D7C" w:rsidP="00BE0D7C">
+                      <w:pPr>
+                        <w:pStyle w:val="ListParagraph"/>
+                        <w:ind w:left="0"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:b w:val="0"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00BE0D7C">
+                        <w:rPr>
+                          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                          <w:b w:val="0"/>
+                        </w:rPr>
+                        <w:t>☐</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:tc>
+                </w:sdtContent>
+              </w:sdt>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="5760" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="4364C393" w14:textId="496D8EF4" w:rsidR="00BE0D7C" w:rsidRDefault="00BE0D7C" w:rsidP="00BE0D7C">
+                  <w:pPr>
+                    <w:pStyle w:val="ListParagraph"/>
+                    <w:ind w:left="0"/>
+                    <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:t>Risk</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00292025">
+                    <w:t xml:space="preserve"> or </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:t>benefit assessment</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00BE0D7C" w14:paraId="79F910C8" w14:textId="77777777" w:rsidTr="00BE0D7C">
+              <w:trPr>
+                <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              </w:trPr>
+              <w:sdt>
+                <w:sdtPr>
+                  <w:id w:val="1123500091"/>
+                  <w14:checkbox>
+                    <w14:checked w14:val="0"/>
+                    <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                    <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                  </w14:checkbox>
+                </w:sdtPr>
+                <w:sdtEndPr/>
+                <w:sdtContent>
+                  <w:tc>
+                    <w:tcPr>
+                      <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                      <w:tcW w:w="450" w:type="dxa"/>
+                      <w:vAlign w:val="center"/>
+                    </w:tcPr>
+                    <w:p w14:paraId="2BF89D2A" w14:textId="3D9AEE4D" w:rsidR="00BE0D7C" w:rsidRPr="00BE0D7C" w:rsidRDefault="00BE0D7C" w:rsidP="00BE0D7C">
+                      <w:pPr>
+                        <w:pStyle w:val="ListParagraph"/>
+                        <w:ind w:left="0"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:b w:val="0"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00BE0D7C">
+                        <w:rPr>
+                          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                          <w:b w:val="0"/>
+                        </w:rPr>
+                        <w:t>☐</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:tc>
+                </w:sdtContent>
+              </w:sdt>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="5760" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="7BB215BE" w14:textId="11FCDA42" w:rsidR="00BE0D7C" w:rsidRPr="00BE0D7C" w:rsidRDefault="00BE0D7C" w:rsidP="00BE0D7C">
+                  <w:pPr>
+                    <w:pStyle w:val="ListParagraph"/>
+                    <w:ind w:left="0"/>
+                    <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                    <w:rPr>
+                      <w:i/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:t xml:space="preserve">Other </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00BE0D7C">
+                    <w:rPr>
+                      <w:i/>
+                      <w:color w:val="0096D6"/>
+                    </w:rPr>
+                    <w:t>(describe below)</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w14:paraId="24AF3E4D" w14:textId="77777777" w:rsidR="00295134" w:rsidRPr="00295134" w:rsidRDefault="00295134" w:rsidP="00295134">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="236"/>
+              <w:rPr>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:sdt>
+            <w:sdtPr>
+              <w:rPr>
+                <w:rStyle w:val="Style1"/>
+              </w:rPr>
+              <w:id w:val="-514224853"/>
+              <w:placeholder>
+                <w:docPart w:val="1BBBC8256725434B999735841E72F739"/>
+              </w:placeholder>
+              <w:showingPlcHdr/>
+              <w15:color w:val="333399"/>
+            </w:sdtPr>
+            <w:sdtEndPr>
+              <w:rPr>
+                <w:rStyle w:val="DefaultParagraphFont"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:sdtEndPr>
+            <w:sdtContent>
+              <w:p w14:paraId="0DB28A0D" w14:textId="77777777" w:rsidR="00DF760E" w:rsidRDefault="00DF760E" w:rsidP="00DF760E">
+                <w:pPr>
+                  <w:ind w:left="425"/>
+                  <w:rPr>
+                    <w:rStyle w:val="Style1"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="002C1F85">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:color w:val="163E70"/>
+                  </w:rPr>
+                  <w:t>Enter text</w:t>
+                </w:r>
+              </w:p>
+            </w:sdtContent>
+          </w:sdt>
+          <w:p w14:paraId="10AE1A95" w14:textId="5FF4B81B" w:rsidR="00295134" w:rsidRPr="001674A5" w:rsidRDefault="00295134" w:rsidP="00295134">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="236"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00295134" w14:paraId="408731FC" w14:textId="77777777" w:rsidTr="00CA2DA2">
+        <w:trPr>
+          <w:trHeight w:val="360"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10790" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F0B205B" w14:textId="3D7E29D6" w:rsidR="00295134" w:rsidRDefault="00292025" w:rsidP="00DF760E">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:ind w:left="425"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">For each item selected in Question 1, provide a concise description of the proposed change and the justification for it. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3364DACA" w14:textId="3F2A5711" w:rsidR="00551F43" w:rsidRPr="00551F43" w:rsidRDefault="00551F43" w:rsidP="00551F43">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="425"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:sdt>
+            <w:sdtPr>
+              <w:rPr>
+                <w:rStyle w:val="Style1"/>
+              </w:rPr>
+              <w:id w:val="1388836009"/>
+              <w:placeholder>
+                <w:docPart w:val="E37B4C103CC84E05BA3C761C1A53ACD1"/>
+              </w:placeholder>
+              <w:showingPlcHdr/>
+              <w15:color w:val="333399"/>
+            </w:sdtPr>
+            <w:sdtEndPr>
+              <w:rPr>
+                <w:rStyle w:val="DefaultParagraphFont"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:sdtEndPr>
+            <w:sdtContent>
+              <w:p w14:paraId="362BDBD4" w14:textId="77777777" w:rsidR="000567DC" w:rsidRDefault="000567DC" w:rsidP="000567DC">
+                <w:pPr>
+                  <w:ind w:left="425"/>
+                  <w:rPr>
+                    <w:rStyle w:val="Style1"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="002C1F85">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:color w:val="163E70"/>
+                  </w:rPr>
+                  <w:t>Enter text</w:t>
+                </w:r>
+              </w:p>
+            </w:sdtContent>
+          </w:sdt>
+          <w:p w14:paraId="41143D79" w14:textId="6E6938EB" w:rsidR="00404421" w:rsidRPr="00404421" w:rsidRDefault="00404421" w:rsidP="00404421">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="236"/>
+              <w:rPr>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006965DF" w14:paraId="07440624" w14:textId="116BA2B7" w:rsidTr="00AC05B6">
+        <w:trPr>
+          <w:trHeight w:val="360"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55CDBA64" w14:textId="539DF8E4" w:rsidR="006965DF" w:rsidRDefault="006965DF" w:rsidP="006965DF">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:ind w:left="425"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Do the proposed changes alter any information in previously approved study documents? </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="253C770B" w14:textId="7F3FD8DB" w:rsidR="006965DF" w:rsidRPr="0090540C" w:rsidRDefault="006965DF" w:rsidP="006965DF">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="425"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="221CADA6" w14:textId="028F0533" w:rsidR="006965DF" w:rsidRPr="00295134" w:rsidRDefault="00AF325C" w:rsidP="006965DF">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="236" w:firstLine="189"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-101111087"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="006965DF">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="006965DF">
+              <w:t xml:space="preserve"> No</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="413E6E47" w14:textId="2E46BCC4" w:rsidR="006965DF" w:rsidRDefault="00AF325C" w:rsidP="006965DF">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="236" w:firstLine="189"/>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-681736864"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="006965DF">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="006965DF">
+              <w:t xml:space="preserve"> Yes </w:t>
+            </w:r>
+            <w:r w:rsidR="006965DF">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>(check all that apply below)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6AC47CA6" w14:textId="6ED8752C" w:rsidR="006965DF" w:rsidRPr="006965DF" w:rsidRDefault="006965DF" w:rsidP="006965DF">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="236" w:firstLine="189"/>
+              <w:rPr>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblStyle w:val="PlainTable1"/>
+              <w:tblW w:w="4590" w:type="dxa"/>
+              <w:tblInd w:w="420" w:type="dxa"/>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="450"/>
+              <w:gridCol w:w="4140"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="006965DF" w14:paraId="2D188302" w14:textId="77777777" w:rsidTr="006965DF">
+              <w:trPr>
+                <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              </w:trPr>
+              <w:sdt>
+                <w:sdtPr>
+                  <w:id w:val="-941767031"/>
+                  <w14:checkbox>
+                    <w14:checked w14:val="0"/>
+                    <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                    <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                  </w14:checkbox>
+                </w:sdtPr>
+                <w:sdtEndPr/>
+                <w:sdtContent>
+                  <w:tc>
+                    <w:tcPr>
+                      <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                      <w:tcW w:w="450" w:type="dxa"/>
+                    </w:tcPr>
+                    <w:p w14:paraId="365DB983" w14:textId="01750113" w:rsidR="006965DF" w:rsidRPr="006965DF" w:rsidRDefault="006965DF" w:rsidP="006965DF">
+                      <w:pPr>
+                        <w:pStyle w:val="ListParagraph"/>
+                        <w:ind w:left="0"/>
+                        <w:rPr>
+                          <w:b w:val="0"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="006965DF">
+                        <w:rPr>
+                          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                          <w:b w:val="0"/>
+                        </w:rPr>
+                        <w:t>☐</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:tc>
+                </w:sdtContent>
+              </w:sdt>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4140" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="44A29AC6" w14:textId="370B674C" w:rsidR="006965DF" w:rsidRPr="006965DF" w:rsidRDefault="006965DF" w:rsidP="006965DF">
+                  <w:pPr>
+                    <w:pStyle w:val="ListParagraph"/>
+                    <w:ind w:left="0"/>
+                    <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                    <w:rPr>
+                      <w:b w:val="0"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:b w:val="0"/>
+                    </w:rPr>
+                    <w:t>Exempt or non-exempt IRB application</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="006965DF" w14:paraId="04823C3D" w14:textId="77777777" w:rsidTr="006965DF">
+              <w:trPr>
+                <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              </w:trPr>
+              <w:sdt>
+                <w:sdtPr>
+                  <w:id w:val="556897785"/>
+                  <w14:checkbox>
+                    <w14:checked w14:val="0"/>
+                    <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                    <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                  </w14:checkbox>
+                </w:sdtPr>
+                <w:sdtEndPr/>
+                <w:sdtContent>
+                  <w:tc>
+                    <w:tcPr>
+                      <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                      <w:tcW w:w="450" w:type="dxa"/>
+                    </w:tcPr>
+                    <w:p w14:paraId="44B4EE47" w14:textId="6D3BDB79" w:rsidR="006965DF" w:rsidRPr="006965DF" w:rsidRDefault="006965DF" w:rsidP="006965DF">
+                      <w:pPr>
+                        <w:pStyle w:val="ListParagraph"/>
+                        <w:ind w:left="0"/>
+                        <w:rPr>
+                          <w:b w:val="0"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="006965DF">
+                        <w:rPr>
+                          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                          <w:b w:val="0"/>
+                        </w:rPr>
+                        <w:t>☐</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:tc>
+                </w:sdtContent>
+              </w:sdt>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4140" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="6C25E2FF" w14:textId="1C384A80" w:rsidR="006965DF" w:rsidRPr="006965DF" w:rsidRDefault="006965DF" w:rsidP="006965DF">
+                  <w:pPr>
+                    <w:pStyle w:val="ListParagraph"/>
+                    <w:ind w:left="0"/>
+                    <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                  </w:pPr>
+                  <w:r w:rsidRPr="006965DF">
+                    <w:t xml:space="preserve">Research proposal summary or protocol </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="006965DF" w14:paraId="661BA009" w14:textId="77777777" w:rsidTr="006965DF">
+              <w:sdt>
+                <w:sdtPr>
+                  <w:id w:val="562911902"/>
+                  <w14:checkbox>
+                    <w14:checked w14:val="0"/>
+                    <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                    <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                  </w14:checkbox>
+                </w:sdtPr>
+                <w:sdtEndPr/>
+                <w:sdtContent>
+                  <w:tc>
+                    <w:tcPr>
+                      <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                      <w:tcW w:w="450" w:type="dxa"/>
+                    </w:tcPr>
+                    <w:p w14:paraId="134D9D58" w14:textId="3FD63723" w:rsidR="006965DF" w:rsidRPr="006965DF" w:rsidRDefault="006965DF" w:rsidP="006965DF">
+                      <w:pPr>
+                        <w:pStyle w:val="ListParagraph"/>
+                        <w:ind w:left="0"/>
+                        <w:rPr>
+                          <w:b w:val="0"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="006965DF">
+                        <w:rPr>
+                          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                          <w:b w:val="0"/>
+                        </w:rPr>
+                        <w:t>☐</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:tc>
+                </w:sdtContent>
+              </w:sdt>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4140" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="239A00C1" w14:textId="13E74609" w:rsidR="006965DF" w:rsidRPr="006965DF" w:rsidRDefault="00964C1D" w:rsidP="006965DF">
+                  <w:pPr>
+                    <w:pStyle w:val="ListParagraph"/>
+                    <w:ind w:left="0"/>
+                    <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:t xml:space="preserve">Participant </w:t>
+                  </w:r>
+                  <w:r w:rsidR="001E1B58">
+                    <w:t>i</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:t xml:space="preserve">nformation </w:t>
+                  </w:r>
+                  <w:r w:rsidR="001E1B58">
+                    <w:t>s</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:t>heet or c</w:t>
+                  </w:r>
+                  <w:r w:rsidR="006965DF">
+                    <w:t>onsent/assent form</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="006965DF" w14:paraId="1AA432C5" w14:textId="77777777" w:rsidTr="006965DF">
+              <w:trPr>
+                <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              </w:trPr>
+              <w:sdt>
+                <w:sdtPr>
+                  <w:id w:val="807131653"/>
+                  <w14:checkbox>
+                    <w14:checked w14:val="0"/>
+                    <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                    <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                  </w14:checkbox>
+                </w:sdtPr>
+                <w:sdtEndPr/>
+                <w:sdtContent>
+                  <w:tc>
+                    <w:tcPr>
+                      <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                      <w:tcW w:w="450" w:type="dxa"/>
+                    </w:tcPr>
+                    <w:p w14:paraId="4CD774C0" w14:textId="25EE0B60" w:rsidR="006965DF" w:rsidRPr="006965DF" w:rsidRDefault="006965DF" w:rsidP="006965DF">
+                      <w:pPr>
+                        <w:pStyle w:val="ListParagraph"/>
+                        <w:ind w:left="0"/>
+                        <w:rPr>
+                          <w:b w:val="0"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="006965DF">
+                        <w:rPr>
+                          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                          <w:b w:val="0"/>
+                        </w:rPr>
+                        <w:t>☐</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:tc>
+                </w:sdtContent>
+              </w:sdt>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4140" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="00A6D0C8" w14:textId="6BDB4D18" w:rsidR="006965DF" w:rsidRPr="006965DF" w:rsidRDefault="006965DF" w:rsidP="006965DF">
+                  <w:pPr>
+                    <w:pStyle w:val="ListParagraph"/>
+                    <w:ind w:left="0"/>
+                    <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:t>Participant recruitment materials</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="006965DF" w14:paraId="37D90B11" w14:textId="77777777" w:rsidTr="006965DF">
+              <w:sdt>
+                <w:sdtPr>
+                  <w:id w:val="1886286583"/>
+                  <w14:checkbox>
+                    <w14:checked w14:val="0"/>
+                    <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                    <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                  </w14:checkbox>
+                </w:sdtPr>
+                <w:sdtEndPr/>
+                <w:sdtContent>
+                  <w:tc>
+                    <w:tcPr>
+                      <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                      <w:tcW w:w="450" w:type="dxa"/>
+                    </w:tcPr>
+                    <w:p w14:paraId="283C6631" w14:textId="6CB7575E" w:rsidR="006965DF" w:rsidRPr="006965DF" w:rsidRDefault="006965DF" w:rsidP="006965DF">
+                      <w:pPr>
+                        <w:pStyle w:val="ListParagraph"/>
+                        <w:ind w:left="0"/>
+                        <w:rPr>
+                          <w:b w:val="0"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="006965DF">
+                        <w:rPr>
+                          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                          <w:b w:val="0"/>
+                        </w:rPr>
+                        <w:t>☐</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:tc>
+                </w:sdtContent>
+              </w:sdt>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4140" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="302934BD" w14:textId="440D70BC" w:rsidR="006965DF" w:rsidRPr="006965DF" w:rsidRDefault="006965DF" w:rsidP="006965DF">
+                  <w:pPr>
+                    <w:pStyle w:val="ListParagraph"/>
+                    <w:ind w:left="0"/>
+                    <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:t>Data collection tools</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="006965DF" w14:paraId="31428D9B" w14:textId="77777777" w:rsidTr="006965DF">
+              <w:trPr>
+                <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              </w:trPr>
+              <w:sdt>
+                <w:sdtPr>
+                  <w:id w:val="2021428071"/>
+                  <w14:checkbox>
+                    <w14:checked w14:val="0"/>
+                    <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                    <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                  </w14:checkbox>
+                </w:sdtPr>
+                <w:sdtEndPr/>
+                <w:sdtContent>
+                  <w:tc>
+                    <w:tcPr>
+                      <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                      <w:tcW w:w="450" w:type="dxa"/>
+                    </w:tcPr>
+                    <w:p w14:paraId="467E1400" w14:textId="1ED13B69" w:rsidR="006965DF" w:rsidRPr="006965DF" w:rsidRDefault="006965DF" w:rsidP="006965DF">
+                      <w:pPr>
+                        <w:pStyle w:val="ListParagraph"/>
+                        <w:ind w:left="0"/>
+                        <w:rPr>
+                          <w:b w:val="0"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="006965DF">
+                        <w:rPr>
+                          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                          <w:b w:val="0"/>
+                        </w:rPr>
+                        <w:t>☐</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:tc>
+                </w:sdtContent>
+              </w:sdt>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4140" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="6DD220D5" w14:textId="140DB0CD" w:rsidR="006965DF" w:rsidRPr="006965DF" w:rsidRDefault="006965DF" w:rsidP="006965DF">
+                  <w:pPr>
+                    <w:pStyle w:val="ListParagraph"/>
+                    <w:ind w:left="0"/>
+                    <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:t xml:space="preserve">Other </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00BE0D7C">
+                    <w:rPr>
+                      <w:i/>
+                      <w:color w:val="0096D6"/>
+                    </w:rPr>
+                    <w:t>(</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:i/>
+                      <w:color w:val="0096D6"/>
+                    </w:rPr>
+                    <w:t>specify</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00BE0D7C">
+                    <w:rPr>
+                      <w:i/>
+                      <w:color w:val="0096D6"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> below)</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w14:paraId="54DFE3B8" w14:textId="77777777" w:rsidR="006965DF" w:rsidRPr="000567DC" w:rsidRDefault="006965DF" w:rsidP="006965DF">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="236"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:sdt>
+            <w:sdtPr>
+              <w:rPr>
+                <w:rStyle w:val="Style1"/>
+              </w:rPr>
+              <w:id w:val="-409082359"/>
+              <w:placeholder>
+                <w:docPart w:val="F383C52E3AD14B8D8EF783EA8457DD33"/>
+              </w:placeholder>
+              <w:showingPlcHdr/>
+              <w15:color w:val="333399"/>
+            </w:sdtPr>
+            <w:sdtEndPr>
+              <w:rPr>
+                <w:rStyle w:val="DefaultParagraphFont"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:sdtEndPr>
+            <w:sdtContent>
+              <w:p w14:paraId="2C2FDF90" w14:textId="77777777" w:rsidR="006965DF" w:rsidRDefault="006965DF" w:rsidP="006965DF">
+                <w:pPr>
+                  <w:ind w:left="425"/>
+                  <w:rPr>
+                    <w:rStyle w:val="Style1"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="002C1F85">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:color w:val="163E70"/>
+                  </w:rPr>
+                  <w:t>Enter text</w:t>
+                </w:r>
+              </w:p>
+            </w:sdtContent>
+          </w:sdt>
+          <w:p w14:paraId="3C864CFB" w14:textId="50748071" w:rsidR="006965DF" w:rsidRPr="000567DC" w:rsidRDefault="006965DF" w:rsidP="006965DF">
+            <w:pPr>
+              <w:ind w:left="425"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34471B35" w14:textId="45E9D2AC" w:rsidR="006965DF" w:rsidRDefault="001463B7" w:rsidP="006965DF">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:ind w:left="425"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Do the proposed changes add any new documents</w:t>
+            </w:r>
+            <w:r w:rsidR="006965DF">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">? </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26EB984C" w14:textId="77777777" w:rsidR="006965DF" w:rsidRPr="0090540C" w:rsidRDefault="006965DF" w:rsidP="006965DF">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="425"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="373E5F7F" w14:textId="77777777" w:rsidR="006965DF" w:rsidRPr="00295134" w:rsidRDefault="00AF325C" w:rsidP="006965DF">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="236" w:firstLine="189"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="1869100515"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="006965DF">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="006965DF">
+              <w:t xml:space="preserve"> No</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6EE25457" w14:textId="2D8454C4" w:rsidR="006965DF" w:rsidRPr="000567DC" w:rsidRDefault="00AF325C" w:rsidP="006965DF">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="236" w:firstLine="189"/>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-1777007181"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="006965DF">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="006965DF">
+              <w:t xml:space="preserve"> Yes </w:t>
+            </w:r>
+            <w:r w:rsidR="006965DF">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="001463B7">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>check all that apply below)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21989370" w14:textId="42FC46E6" w:rsidR="006965DF" w:rsidRPr="001463B7" w:rsidRDefault="006965DF" w:rsidP="006965DF">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="236"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblStyle w:val="PlainTable1"/>
+              <w:tblW w:w="4590" w:type="dxa"/>
+              <w:tblInd w:w="420" w:type="dxa"/>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="450"/>
+              <w:gridCol w:w="4140"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="001463B7" w14:paraId="64CDD420" w14:textId="77777777" w:rsidTr="00AC05B6">
+              <w:trPr>
+                <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              </w:trPr>
+              <w:sdt>
+                <w:sdtPr>
+                  <w:id w:val="-180738926"/>
+                  <w14:checkbox>
+                    <w14:checked w14:val="0"/>
+                    <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                    <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                  </w14:checkbox>
+                </w:sdtPr>
+                <w:sdtEndPr/>
+                <w:sdtContent>
+                  <w:tc>
+                    <w:tcPr>
+                      <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                      <w:tcW w:w="450" w:type="dxa"/>
+                    </w:tcPr>
+                    <w:p w14:paraId="507FE2C0" w14:textId="77777777" w:rsidR="001463B7" w:rsidRPr="006965DF" w:rsidRDefault="001463B7" w:rsidP="001463B7">
+                      <w:pPr>
+                        <w:pStyle w:val="ListParagraph"/>
+                        <w:ind w:left="0"/>
+                        <w:rPr>
+                          <w:b w:val="0"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="006965DF">
+                        <w:rPr>
+                          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                          <w:b w:val="0"/>
+                        </w:rPr>
+                        <w:t>☐</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:tc>
+                </w:sdtContent>
+              </w:sdt>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4140" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="552AC4D4" w14:textId="781EE30F" w:rsidR="001463B7" w:rsidRPr="001463B7" w:rsidRDefault="00964C1D" w:rsidP="001463B7">
+                  <w:pPr>
+                    <w:pStyle w:val="ListParagraph"/>
+                    <w:ind w:left="0"/>
+                    <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                    <w:rPr>
+                      <w:b w:val="0"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:b w:val="0"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Participant </w:t>
+                  </w:r>
+                  <w:r w:rsidR="001E1B58">
+                    <w:rPr>
+                      <w:b w:val="0"/>
+                    </w:rPr>
+                    <w:t>i</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:b w:val="0"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">nformation </w:t>
+                  </w:r>
+                  <w:r w:rsidR="001E1B58">
+                    <w:rPr>
+                      <w:b w:val="0"/>
+                    </w:rPr>
+                    <w:t>s</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:b w:val="0"/>
+                    </w:rPr>
+                    <w:t>heet or c</w:t>
+                  </w:r>
+                  <w:r w:rsidR="001463B7" w:rsidRPr="001463B7">
+                    <w:rPr>
+                      <w:b w:val="0"/>
+                    </w:rPr>
+                    <w:t>onsent/assent form</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="001463B7" w14:paraId="617FC553" w14:textId="77777777" w:rsidTr="00AC05B6">
+              <w:trPr>
+                <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              </w:trPr>
+              <w:sdt>
+                <w:sdtPr>
+                  <w:id w:val="1342900214"/>
+                  <w14:checkbox>
+                    <w14:checked w14:val="0"/>
+                    <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                    <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                  </w14:checkbox>
+                </w:sdtPr>
+                <w:sdtEndPr/>
+                <w:sdtContent>
+                  <w:tc>
+                    <w:tcPr>
+                      <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                      <w:tcW w:w="450" w:type="dxa"/>
+                    </w:tcPr>
+                    <w:p w14:paraId="474FCB08" w14:textId="77777777" w:rsidR="001463B7" w:rsidRPr="006965DF" w:rsidRDefault="001463B7" w:rsidP="001463B7">
+                      <w:pPr>
+                        <w:pStyle w:val="ListParagraph"/>
+                        <w:ind w:left="0"/>
+                        <w:rPr>
+                          <w:b w:val="0"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="006965DF">
+                        <w:rPr>
+                          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                          <w:b w:val="0"/>
+                        </w:rPr>
+                        <w:t>☐</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:tc>
+                </w:sdtContent>
+              </w:sdt>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4140" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="5B2CD1F7" w14:textId="77777777" w:rsidR="001463B7" w:rsidRPr="006965DF" w:rsidRDefault="001463B7" w:rsidP="001463B7">
+                  <w:pPr>
+                    <w:pStyle w:val="ListParagraph"/>
+                    <w:ind w:left="0"/>
+                    <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:t>Participant recruitment materials</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="001463B7" w14:paraId="7B665254" w14:textId="77777777" w:rsidTr="00AC05B6">
+              <w:sdt>
+                <w:sdtPr>
+                  <w:id w:val="-996415752"/>
+                  <w14:checkbox>
+                    <w14:checked w14:val="0"/>
+                    <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                    <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                  </w14:checkbox>
+                </w:sdtPr>
+                <w:sdtEndPr/>
+                <w:sdtContent>
+                  <w:tc>
+                    <w:tcPr>
+                      <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                      <w:tcW w:w="450" w:type="dxa"/>
+                    </w:tcPr>
+                    <w:p w14:paraId="7DC1DDC3" w14:textId="77777777" w:rsidR="001463B7" w:rsidRPr="006965DF" w:rsidRDefault="001463B7" w:rsidP="001463B7">
+                      <w:pPr>
+                        <w:pStyle w:val="ListParagraph"/>
+                        <w:ind w:left="0"/>
+                        <w:rPr>
+                          <w:b w:val="0"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="006965DF">
+                        <w:rPr>
+                          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                          <w:b w:val="0"/>
+                        </w:rPr>
+                        <w:t>☐</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:tc>
+                </w:sdtContent>
+              </w:sdt>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4140" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="11656F2A" w14:textId="77777777" w:rsidR="001463B7" w:rsidRPr="006965DF" w:rsidRDefault="001463B7" w:rsidP="001463B7">
+                  <w:pPr>
+                    <w:pStyle w:val="ListParagraph"/>
+                    <w:ind w:left="0"/>
+                    <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:t>Data collection tools</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00964C1D" w14:paraId="38C3C03A" w14:textId="77777777" w:rsidTr="00AC05B6">
+              <w:trPr>
+                <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              </w:trPr>
+              <w:sdt>
+                <w:sdtPr>
+                  <w:id w:val="540324760"/>
+                  <w14:checkbox>
+                    <w14:checked w14:val="0"/>
+                    <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                    <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                  </w14:checkbox>
+                </w:sdtPr>
+                <w:sdtEndPr/>
+                <w:sdtContent>
+                  <w:tc>
+                    <w:tcPr>
+                      <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                      <w:tcW w:w="450" w:type="dxa"/>
+                    </w:tcPr>
+                    <w:p w14:paraId="67985EDB" w14:textId="46374E6C" w:rsidR="00964C1D" w:rsidRPr="006965DF" w:rsidRDefault="00964C1D" w:rsidP="00964C1D">
+                      <w:pPr>
+                        <w:pStyle w:val="ListParagraph"/>
+                        <w:ind w:left="0"/>
+                        <w:rPr>
+                          <w:b w:val="0"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="006965DF">
+                        <w:rPr>
+                          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                          <w:b w:val="0"/>
+                        </w:rPr>
+                        <w:t>☐</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:tc>
+                </w:sdtContent>
+              </w:sdt>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4140" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="5B7BD5BE" w14:textId="0338DB64" w:rsidR="00964C1D" w:rsidRDefault="00964C1D" w:rsidP="00964C1D">
+                  <w:pPr>
+                    <w:pStyle w:val="ListParagraph"/>
+                    <w:ind w:left="0"/>
+                    <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:t>Letters of support/permission</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00964C1D" w14:paraId="7763F5A2" w14:textId="77777777" w:rsidTr="00AC05B6">
+              <w:sdt>
+                <w:sdtPr>
+                  <w:id w:val="562919432"/>
+                  <w14:checkbox>
+                    <w14:checked w14:val="0"/>
+                    <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                    <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                  </w14:checkbox>
+                </w:sdtPr>
+                <w:sdtEndPr/>
+                <w:sdtContent>
+                  <w:tc>
+                    <w:tcPr>
+                      <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                      <w:tcW w:w="450" w:type="dxa"/>
+                    </w:tcPr>
+                    <w:p w14:paraId="1F7169F0" w14:textId="77777777" w:rsidR="001463B7" w:rsidRPr="006965DF" w:rsidRDefault="001463B7" w:rsidP="001463B7">
+                      <w:pPr>
+                        <w:pStyle w:val="ListParagraph"/>
+                        <w:ind w:left="0"/>
+                        <w:rPr>
+                          <w:b w:val="0"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="006965DF">
+                        <w:rPr>
+                          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                          <w:b w:val="0"/>
+                        </w:rPr>
+                        <w:t>☐</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:tc>
+                </w:sdtContent>
+              </w:sdt>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4140" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="5CF9D4C2" w14:textId="77777777" w:rsidR="001463B7" w:rsidRPr="006965DF" w:rsidRDefault="001463B7" w:rsidP="001463B7">
+                  <w:pPr>
+                    <w:pStyle w:val="ListParagraph"/>
+                    <w:ind w:left="0"/>
+                    <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:t xml:space="preserve">Other </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00BE0D7C">
+                    <w:rPr>
+                      <w:i/>
+                      <w:color w:val="0096D6"/>
+                    </w:rPr>
+                    <w:t>(</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:i/>
+                      <w:color w:val="0096D6"/>
+                    </w:rPr>
+                    <w:t>specify</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00BE0D7C">
+                    <w:rPr>
+                      <w:i/>
+                      <w:color w:val="0096D6"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> below)</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w14:paraId="6338CE87" w14:textId="77777777" w:rsidR="001463B7" w:rsidRPr="001463B7" w:rsidRDefault="001463B7" w:rsidP="006965DF">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="236"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:sdt>
+            <w:sdtPr>
+              <w:rPr>
+                <w:rStyle w:val="Style1"/>
+              </w:rPr>
+              <w:id w:val="85507290"/>
+              <w:placeholder>
+                <w:docPart w:val="1222D03745414319A002794CDCD7DDCC"/>
+              </w:placeholder>
+              <w:showingPlcHdr/>
+              <w15:color w:val="333399"/>
+            </w:sdtPr>
+            <w:sdtEndPr>
+              <w:rPr>
+                <w:rStyle w:val="DefaultParagraphFont"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:sdtEndPr>
+            <w:sdtContent>
+              <w:p w14:paraId="755CF78A" w14:textId="77777777" w:rsidR="006965DF" w:rsidRDefault="006965DF" w:rsidP="006965DF">
+                <w:pPr>
+                  <w:ind w:left="425"/>
+                  <w:rPr>
+                    <w:rStyle w:val="Style1"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="002C1F85">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:color w:val="163E70"/>
+                  </w:rPr>
+                  <w:t>Enter text</w:t>
+                </w:r>
+              </w:p>
+            </w:sdtContent>
+          </w:sdt>
+          <w:p w14:paraId="694E112F" w14:textId="77777777" w:rsidR="006965DF" w:rsidRPr="000567DC" w:rsidRDefault="006965DF" w:rsidP="006965DF">
+            <w:pPr>
+              <w:ind w:left="425"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:bookmarkEnd w:id="3"/>
+    </w:tbl>
+    <w:p w14:paraId="49DF8E10" w14:textId="77777777" w:rsidR="00811E99" w:rsidRDefault="00811E99" w:rsidP="00786A5D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="115" w:type="dxa"/>
+          <w:right w:w="115" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="10790"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00811E99" w14:paraId="300DBCAC" w14:textId="77777777" w:rsidTr="00AC05B6">
+        <w:trPr>
+          <w:trHeight w:val="647"/>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10790" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="163E70"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="362B23EB" w14:textId="75E214FF" w:rsidR="00811E99" w:rsidRPr="002764D2" w:rsidRDefault="00811E99" w:rsidP="00AC05B6">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="8"/>
+              </w:numPr>
+              <w:ind w:left="416"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>IMPACT ON RESEARCH PARTICIPANTS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00811E99" w14:paraId="68C15095" w14:textId="77777777" w:rsidTr="00AC05B6">
+        <w:trPr>
+          <w:trHeight w:val="360"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10790" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A0BE535" w14:textId="6E0A13E3" w:rsidR="00811E99" w:rsidRPr="00F072B9" w:rsidRDefault="002B2139" w:rsidP="00811E99">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="36"/>
+              </w:numPr>
+              <w:ind w:left="425"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Do any of the proposed changes involve the following? </w:t>
+            </w:r>
+            <w:r w:rsidR="00811E99">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>(select all that apply)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5564EA1C" w14:textId="77777777" w:rsidR="00811E99" w:rsidRPr="00BE0D7C" w:rsidRDefault="00811E99" w:rsidP="00AC05B6">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="425"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblStyle w:val="PlainTable1"/>
+              <w:tblW w:w="9990" w:type="dxa"/>
+              <w:tblInd w:w="420" w:type="dxa"/>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="450"/>
+              <w:gridCol w:w="9540"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="00811E99" w14:paraId="3655B768" w14:textId="77777777" w:rsidTr="00A5403A">
+              <w:trPr>
+                <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              </w:trPr>
+              <w:sdt>
+                <w:sdtPr>
+                  <w:id w:val="1085497008"/>
+                  <w14:checkbox>
+                    <w14:checked w14:val="0"/>
+                    <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                    <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                  </w14:checkbox>
+                </w:sdtPr>
+                <w:sdtEndPr/>
+                <w:sdtContent>
+                  <w:tc>
+                    <w:tcPr>
+                      <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                      <w:tcW w:w="450" w:type="dxa"/>
+                    </w:tcPr>
+                    <w:p w14:paraId="1B76156E" w14:textId="77777777" w:rsidR="00811E99" w:rsidRPr="00BE0D7C" w:rsidRDefault="00811E99" w:rsidP="00A5403A">
+                      <w:pPr>
+                        <w:pStyle w:val="ListParagraph"/>
+                        <w:ind w:left="0"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:b w:val="0"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00BE0D7C">
+                        <w:rPr>
+                          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                          <w:b w:val="0"/>
+                        </w:rPr>
+                        <w:t>☐</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:tc>
+                </w:sdtContent>
+              </w:sdt>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="9540" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="1C20EDF6" w14:textId="335499C5" w:rsidR="00811E99" w:rsidRPr="00BE0D7C" w:rsidRDefault="00937B01" w:rsidP="00AC05B6">
+                  <w:pPr>
+                    <w:pStyle w:val="ListParagraph"/>
+                    <w:ind w:left="0"/>
+                    <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                    <w:rPr>
+                      <w:b w:val="0"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:b w:val="0"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Alter the level of risk to participants? </w:t>
+                  </w:r>
+                  <w:r w:rsidR="00325C19">
+                    <w:rPr>
+                      <w:b w:val="0"/>
+                    </w:rPr>
+                    <w:br/>
+                  </w:r>
+                  <w:r w:rsidRPr="00937B01">
+                    <w:rPr>
+                      <w:b w:val="0"/>
+                      <w:i/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">(e.g., increase or decrease risks, </w:t>
+                  </w:r>
+                  <w:r w:rsidR="00882534">
+                    <w:rPr>
+                      <w:b w:val="0"/>
+                      <w:i/>
+                    </w:rPr>
+                    <w:t>introduce</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00937B01">
+                    <w:rPr>
+                      <w:b w:val="0"/>
+                      <w:i/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> new risks)</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00811E99" w14:paraId="44870185" w14:textId="77777777" w:rsidTr="00A5403A">
+              <w:trPr>
+                <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              </w:trPr>
+              <w:sdt>
+                <w:sdtPr>
+                  <w:id w:val="-893816864"/>
+                  <w14:checkbox>
+                    <w14:checked w14:val="0"/>
+                    <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                    <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                  </w14:checkbox>
+                </w:sdtPr>
+                <w:sdtEndPr/>
+                <w:sdtContent>
+                  <w:tc>
+                    <w:tcPr>
+                      <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                      <w:tcW w:w="450" w:type="dxa"/>
+                    </w:tcPr>
+                    <w:p w14:paraId="1169DDBC" w14:textId="77777777" w:rsidR="00811E99" w:rsidRPr="00BE0D7C" w:rsidRDefault="00811E99" w:rsidP="00A5403A">
+                      <w:pPr>
+                        <w:pStyle w:val="ListParagraph"/>
+                        <w:ind w:left="0"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:b w:val="0"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00BE0D7C">
+                        <w:rPr>
+                          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                          <w:b w:val="0"/>
+                        </w:rPr>
+                        <w:t>☐</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:tc>
+                </w:sdtContent>
+              </w:sdt>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="9540" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="256C3DAE" w14:textId="32562449" w:rsidR="00811E99" w:rsidRPr="00BE0D7C" w:rsidRDefault="00937B01" w:rsidP="00AC05B6">
+                  <w:pPr>
+                    <w:pStyle w:val="ListParagraph"/>
+                    <w:ind w:left="0"/>
+                    <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:t>Affect confidentiality, privacy, or data protection?</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00811E99" w14:paraId="7713FA4B" w14:textId="77777777" w:rsidTr="00A5403A">
+              <w:sdt>
+                <w:sdtPr>
+                  <w:id w:val="1141853610"/>
+                  <w14:checkbox>
+                    <w14:checked w14:val="0"/>
+                    <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                    <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                  </w14:checkbox>
+                </w:sdtPr>
+                <w:sdtEndPr/>
+                <w:sdtContent>
+                  <w:tc>
+                    <w:tcPr>
+                      <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                      <w:tcW w:w="450" w:type="dxa"/>
+                    </w:tcPr>
+                    <w:p w14:paraId="0A5225D5" w14:textId="77777777" w:rsidR="00811E99" w:rsidRPr="00BE0D7C" w:rsidRDefault="00811E99" w:rsidP="00A5403A">
+                      <w:pPr>
+                        <w:pStyle w:val="ListParagraph"/>
+                        <w:ind w:left="0"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:b w:val="0"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00BE0D7C">
+                        <w:rPr>
+                          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                          <w:b w:val="0"/>
+                        </w:rPr>
+                        <w:t>☐</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:tc>
+                </w:sdtContent>
+              </w:sdt>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="9540" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="0C82200B" w14:textId="3F9816BB" w:rsidR="00811E99" w:rsidRPr="00BE0D7C" w:rsidRDefault="00937B01" w:rsidP="00AC05B6">
+                  <w:pPr>
+                    <w:pStyle w:val="ListParagraph"/>
+                    <w:ind w:left="0"/>
+                    <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:t>Impact informed consent or participant</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00325C19">
+                    <w:t>s’</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:t xml:space="preserve"> understanding</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00325C19">
+                    <w:t xml:space="preserve"> of the research</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:t>?</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00811E99" w14:paraId="337CF511" w14:textId="77777777" w:rsidTr="00A5403A">
+              <w:trPr>
+                <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              </w:trPr>
+              <w:sdt>
+                <w:sdtPr>
+                  <w:id w:val="-734312176"/>
+                  <w14:checkbox>
+                    <w14:checked w14:val="0"/>
+                    <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                    <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                  </w14:checkbox>
+                </w:sdtPr>
+                <w:sdtEndPr/>
+                <w:sdtContent>
+                  <w:tc>
+                    <w:tcPr>
+                      <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                      <w:tcW w:w="450" w:type="dxa"/>
+                    </w:tcPr>
+                    <w:p w14:paraId="54760735" w14:textId="77777777" w:rsidR="00811E99" w:rsidRPr="00BE0D7C" w:rsidRDefault="00811E99" w:rsidP="00A5403A">
+                      <w:pPr>
+                        <w:pStyle w:val="ListParagraph"/>
+                        <w:ind w:left="0"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:b w:val="0"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00BE0D7C">
+                        <w:rPr>
+                          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                          <w:b w:val="0"/>
+                        </w:rPr>
+                        <w:t>☐</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:tc>
+                </w:sdtContent>
+              </w:sdt>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="9540" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="10C5C636" w14:textId="77777777" w:rsidR="00811E99" w:rsidRDefault="00937B01" w:rsidP="00AC05B6">
+                  <w:pPr>
+                    <w:pStyle w:val="ListParagraph"/>
+                    <w:ind w:left="0"/>
+                    <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:t xml:space="preserve">Involve the collection of </w:t>
+                  </w:r>
+                  <w:r w:rsidR="00325C19">
+                    <w:t xml:space="preserve">new or more </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:t>sensitive information?</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="6F22ABCE" w14:textId="77777777" w:rsidR="00A2020F" w:rsidRPr="00A2020F" w:rsidRDefault="00A2020F" w:rsidP="00AC05B6">
+                  <w:pPr>
+                    <w:pStyle w:val="ListParagraph"/>
+                    <w:ind w:left="0"/>
+                    <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                    <w:rPr>
+                      <w:sz w:val="8"/>
+                      <w:szCs w:val="8"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="11A95C62" w14:textId="6CDE140B" w:rsidR="00A2020F" w:rsidRDefault="00A2020F" w:rsidP="00AC05B6">
+                  <w:pPr>
+                    <w:pStyle w:val="ListParagraph"/>
+                    <w:ind w:left="0"/>
+                    <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                    <w:rPr>
+                      <w:i/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00A2020F">
+                    <w:rPr>
+                      <w:i/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Sensitive information includes: </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="1EB3E029" w14:textId="77777777" w:rsidR="00A2020F" w:rsidRPr="00A2020F" w:rsidRDefault="00A2020F" w:rsidP="00AC05B6">
+                  <w:pPr>
+                    <w:pStyle w:val="ListParagraph"/>
+                    <w:ind w:left="0"/>
+                    <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                    <w:rPr>
+                      <w:i/>
+                      <w:sz w:val="4"/>
+                      <w:szCs w:val="4"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="3E98D4F3" w14:textId="77777777" w:rsidR="00A2020F" w:rsidRPr="00A2020F" w:rsidRDefault="00A2020F" w:rsidP="00A2020F">
+                  <w:pPr>
+                    <w:pStyle w:val="ListParagraph"/>
+                    <w:numPr>
+                      <w:ilvl w:val="0"/>
+                      <w:numId w:val="15"/>
+                    </w:numPr>
+                    <w:ind w:left="605" w:hanging="270"/>
+                    <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                    <w:rPr>
+                      <w:b/>
+                      <w:i/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00A2020F">
+                    <w:rPr>
+                      <w:i/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Information that relates to (a) sexual attitudes, preferences or practices, (b) the use of alcohol, drugs, or other addictive products, (c) illegal conduct, or (d) genetic information; </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="082E4B1E" w14:textId="77777777" w:rsidR="00A2020F" w:rsidRPr="00A2020F" w:rsidRDefault="00A2020F" w:rsidP="00A2020F">
+                  <w:pPr>
+                    <w:pStyle w:val="ListParagraph"/>
+                    <w:numPr>
+                      <w:ilvl w:val="0"/>
+                      <w:numId w:val="15"/>
+                    </w:numPr>
+                    <w:ind w:left="605" w:hanging="270"/>
+                    <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                    <w:rPr>
+                      <w:b/>
+                      <w:i/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00A2020F">
+                    <w:rPr>
+                      <w:i/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Information that if released, could reasonably damage an individual’s financial standing, employability, educational advancement, or reputation within the community; </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="73047365" w14:textId="77777777" w:rsidR="00A2020F" w:rsidRPr="00A2020F" w:rsidRDefault="00A2020F" w:rsidP="00A2020F">
+                  <w:pPr>
+                    <w:pStyle w:val="ListParagraph"/>
+                    <w:numPr>
+                      <w:ilvl w:val="0"/>
+                      <w:numId w:val="15"/>
+                    </w:numPr>
+                    <w:ind w:left="605" w:hanging="270"/>
+                    <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                    <w:rPr>
+                      <w:b/>
+                      <w:i/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00A2020F">
+                    <w:rPr>
+                      <w:i/>
+                    </w:rPr>
+                    <w:t>Information that would normally be recorded in a patient’s medical record and the disclosure of which could reasonably lead to social stigmatization or discrimination;</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="4EFF4EC0" w14:textId="54F8EE62" w:rsidR="00A2020F" w:rsidRPr="00A2020F" w:rsidRDefault="00A2020F" w:rsidP="00A2020F">
+                  <w:pPr>
+                    <w:pStyle w:val="ListParagraph"/>
+                    <w:numPr>
+                      <w:ilvl w:val="0"/>
+                      <w:numId w:val="15"/>
+                    </w:numPr>
+                    <w:ind w:left="605" w:hanging="270"/>
+                    <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                    <w:rPr>
+                      <w:b/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00A2020F">
+                    <w:rPr>
+                      <w:i/>
+                    </w:rPr>
+                    <w:t>Information that pertains to an individual’s psychological well-being or mental health.</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00811E99" w14:paraId="5FDACE21" w14:textId="77777777" w:rsidTr="00A5403A">
+              <w:sdt>
+                <w:sdtPr>
+                  <w:id w:val="1357615688"/>
+                  <w14:checkbox>
+                    <w14:checked w14:val="0"/>
+                    <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                    <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                  </w14:checkbox>
+                </w:sdtPr>
+                <w:sdtEndPr/>
+                <w:sdtContent>
+                  <w:tc>
+                    <w:tcPr>
+                      <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                      <w:tcW w:w="450" w:type="dxa"/>
+                    </w:tcPr>
+                    <w:p w14:paraId="5BD2546E" w14:textId="77777777" w:rsidR="00811E99" w:rsidRPr="00BE0D7C" w:rsidRDefault="00811E99" w:rsidP="00A5403A">
+                      <w:pPr>
+                        <w:pStyle w:val="ListParagraph"/>
+                        <w:ind w:left="0"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:b w:val="0"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00BE0D7C">
+                        <w:rPr>
+                          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                          <w:b w:val="0"/>
+                        </w:rPr>
+                        <w:t>☐</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:tc>
+                </w:sdtContent>
+              </w:sdt>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="9540" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="2EFDF633" w14:textId="5759339F" w:rsidR="00811E99" w:rsidRPr="00BE0D7C" w:rsidRDefault="00937B01" w:rsidP="00AC05B6">
+                  <w:pPr>
+                    <w:pStyle w:val="ListParagraph"/>
+                    <w:ind w:left="0"/>
+                    <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:t xml:space="preserve">Affect the willingness of currently enrolled participants to continue </w:t>
+                  </w:r>
+                  <w:r w:rsidR="00325C19">
+                    <w:t>participation</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:t xml:space="preserve">? </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00811E99" w14:paraId="487372E9" w14:textId="77777777" w:rsidTr="00A5403A">
+              <w:trPr>
+                <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              </w:trPr>
+              <w:sdt>
+                <w:sdtPr>
+                  <w:id w:val="997842788"/>
+                  <w14:checkbox>
+                    <w14:checked w14:val="0"/>
+                    <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                    <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                  </w14:checkbox>
+                </w:sdtPr>
+                <w:sdtEndPr/>
+                <w:sdtContent>
+                  <w:tc>
+                    <w:tcPr>
+                      <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                      <w:tcW w:w="450" w:type="dxa"/>
+                    </w:tcPr>
+                    <w:p w14:paraId="6822AC64" w14:textId="77777777" w:rsidR="00811E99" w:rsidRPr="00BE0D7C" w:rsidRDefault="00811E99" w:rsidP="00A5403A">
+                      <w:pPr>
+                        <w:pStyle w:val="ListParagraph"/>
+                        <w:ind w:left="0"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:b w:val="0"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00BE0D7C">
+                        <w:rPr>
+                          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                          <w:b w:val="0"/>
+                        </w:rPr>
+                        <w:t>☐</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:tc>
+                </w:sdtContent>
+              </w:sdt>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="9540" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="153C6175" w14:textId="1064DD79" w:rsidR="00811E99" w:rsidRPr="00BE0D7C" w:rsidRDefault="00937B01" w:rsidP="00AC05B6">
+                  <w:pPr>
+                    <w:pStyle w:val="ListParagraph"/>
+                    <w:ind w:left="0"/>
+                    <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:t>Impact participants</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00325C19">
+                    <w:t xml:space="preserve"> who have already completed their participation</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:t>?</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00811E99" w14:paraId="66AE5014" w14:textId="77777777" w:rsidTr="00A5403A">
+              <w:sdt>
+                <w:sdtPr>
+                  <w:id w:val="1904175581"/>
+                  <w14:checkbox>
+                    <w14:checked w14:val="0"/>
+                    <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                    <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                  </w14:checkbox>
+                </w:sdtPr>
+                <w:sdtEndPr/>
+                <w:sdtContent>
+                  <w:tc>
+                    <w:tcPr>
+                      <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                      <w:tcW w:w="450" w:type="dxa"/>
+                    </w:tcPr>
+                    <w:p w14:paraId="100C3156" w14:textId="77777777" w:rsidR="00811E99" w:rsidRPr="00BE0D7C" w:rsidRDefault="00811E99" w:rsidP="00A5403A">
+                      <w:pPr>
+                        <w:pStyle w:val="ListParagraph"/>
+                        <w:ind w:left="0"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:b w:val="0"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00BE0D7C">
+                        <w:rPr>
+                          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                          <w:b w:val="0"/>
+                        </w:rPr>
+                        <w:t>☐</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:tc>
+                </w:sdtContent>
+              </w:sdt>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="9540" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="3ECD57CE" w14:textId="2CFFDAEC" w:rsidR="00811E99" w:rsidRPr="00BE0D7C" w:rsidRDefault="00441DF4" w:rsidP="00AC05B6">
+                  <w:pPr>
+                    <w:pStyle w:val="ListParagraph"/>
+                    <w:ind w:left="0"/>
+                    <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:t>Change the population of participants, including adding vulnerable groups</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00325C19">
+                    <w:t>?</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00325C19">
+                    <w:br/>
+                  </w:r>
+                  <w:r w:rsidRPr="00325C19">
+                    <w:rPr>
+                      <w:i/>
+                    </w:rPr>
+                    <w:t>(e.g., children, prisoners, pregnant individuals,</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00325C19">
+                    <w:rPr>
+                      <w:i/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> economically or educationally disadvantaged individuals,</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00325C19">
+                    <w:rPr>
+                      <w:i/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> adults with impaired decision-making capacity, </w:t>
+                  </w:r>
+                  <w:r w:rsidR="00325C19">
+                    <w:rPr>
+                      <w:i/>
+                    </w:rPr>
+                    <w:t>individuals</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00325C19">
+                    <w:rPr>
+                      <w:i/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> with limited English proficiency</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00325C19">
+                    <w:rPr>
+                      <w:i/>
+                    </w:rPr>
+                    <w:t>, UNE students or employees</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00325C19">
+                    <w:rPr>
+                      <w:i/>
+                    </w:rPr>
+                    <w:t>)</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00811E99" w14:paraId="7E3BFC3E" w14:textId="77777777" w:rsidTr="00A5403A">
+              <w:trPr>
+                <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              </w:trPr>
+              <w:sdt>
+                <w:sdtPr>
+                  <w:id w:val="-1635558774"/>
+                  <w14:checkbox>
+                    <w14:checked w14:val="0"/>
+                    <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                    <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                  </w14:checkbox>
+                </w:sdtPr>
+                <w:sdtEndPr/>
+                <w:sdtContent>
+                  <w:tc>
+                    <w:tcPr>
+                      <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                      <w:tcW w:w="450" w:type="dxa"/>
+                    </w:tcPr>
+                    <w:p w14:paraId="4842EBBA" w14:textId="77777777" w:rsidR="00811E99" w:rsidRPr="00BE0D7C" w:rsidRDefault="00811E99" w:rsidP="00A5403A">
+                      <w:pPr>
+                        <w:pStyle w:val="ListParagraph"/>
+                        <w:ind w:left="0"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:b w:val="0"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00BE0D7C">
+                        <w:rPr>
+                          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                          <w:b w:val="0"/>
+                        </w:rPr>
+                        <w:t>☐</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:tc>
+                </w:sdtContent>
+              </w:sdt>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="9540" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="4A5A1DF4" w14:textId="362EC884" w:rsidR="00811E99" w:rsidRPr="00BE0D7C" w:rsidRDefault="00441DF4" w:rsidP="00AC05B6">
+                  <w:pPr>
+                    <w:pStyle w:val="ListParagraph"/>
+                    <w:ind w:left="0"/>
+                    <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:t xml:space="preserve">Introduce new procedures that may require medical, psychological, or legal monitoring or referrals? </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00811E99" w14:paraId="17D59C99" w14:textId="77777777" w:rsidTr="00A5403A">
+              <w:sdt>
+                <w:sdtPr>
+                  <w:id w:val="-926041093"/>
+                  <w14:checkbox>
+                    <w14:checked w14:val="0"/>
+                    <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                    <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                  </w14:checkbox>
+                </w:sdtPr>
+                <w:sdtEndPr/>
+                <w:sdtContent>
+                  <w:tc>
+                    <w:tcPr>
+                      <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                      <w:tcW w:w="450" w:type="dxa"/>
+                    </w:tcPr>
+                    <w:p w14:paraId="5E48D839" w14:textId="77777777" w:rsidR="00811E99" w:rsidRPr="00BE0D7C" w:rsidRDefault="00811E99" w:rsidP="00A5403A">
+                      <w:pPr>
+                        <w:pStyle w:val="ListParagraph"/>
+                        <w:ind w:left="0"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:b w:val="0"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00BE0D7C">
+                        <w:rPr>
+                          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                          <w:b w:val="0"/>
+                        </w:rPr>
+                        <w:t>☐</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:tc>
+                </w:sdtContent>
+              </w:sdt>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="9540" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="2B9BECBB" w14:textId="3AC4B4CB" w:rsidR="00811E99" w:rsidRDefault="00441DF4" w:rsidP="00AC05B6">
+                  <w:pPr>
+                    <w:pStyle w:val="ListParagraph"/>
+                    <w:ind w:left="0"/>
+                    <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:t xml:space="preserve">Introduce new compensation or incentives that could be considered unduly influential? </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00441DF4" w14:paraId="437CF405" w14:textId="77777777" w:rsidTr="00A5403A">
+              <w:trPr>
+                <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              </w:trPr>
+              <w:sdt>
+                <w:sdtPr>
+                  <w:id w:val="-1476289462"/>
+                  <w14:checkbox>
+                    <w14:checked w14:val="0"/>
+                    <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                    <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                  </w14:checkbox>
+                </w:sdtPr>
+                <w:sdtEndPr/>
+                <w:sdtContent>
+                  <w:tc>
+                    <w:tcPr>
+                      <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                      <w:tcW w:w="450" w:type="dxa"/>
+                    </w:tcPr>
+                    <w:p w14:paraId="597DF9C3" w14:textId="0DBFDA13" w:rsidR="00441DF4" w:rsidRPr="00BE0D7C" w:rsidRDefault="00441DF4" w:rsidP="00A5403A">
+                      <w:pPr>
+                        <w:pStyle w:val="ListParagraph"/>
+                        <w:ind w:left="0"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:b w:val="0"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00BE0D7C">
+                        <w:rPr>
+                          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                          <w:b w:val="0"/>
+                        </w:rPr>
+                        <w:t>☐</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:tc>
+                </w:sdtContent>
+              </w:sdt>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="9540" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="50E38548" w14:textId="68131DBB" w:rsidR="00441DF4" w:rsidRDefault="00441DF4" w:rsidP="00441DF4">
+                  <w:pPr>
+                    <w:pStyle w:val="ListParagraph"/>
+                    <w:ind w:left="0"/>
+                    <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:t xml:space="preserve">Involve re-identification of </w:t>
+                  </w:r>
+                  <w:r w:rsidR="00325C19">
+                    <w:t xml:space="preserve">previously </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:t xml:space="preserve">de-identified data or access to </w:t>
+                  </w:r>
+                  <w:r w:rsidR="00325C19">
+                    <w:t>identifiable information not previously approved</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:t xml:space="preserve">? </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00441DF4" w14:paraId="3316A372" w14:textId="77777777" w:rsidTr="00A5403A">
+              <w:sdt>
+                <w:sdtPr>
+                  <w:id w:val="674997249"/>
+                  <w14:checkbox>
+                    <w14:checked w14:val="0"/>
+                    <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                    <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                  </w14:checkbox>
+                </w:sdtPr>
+                <w:sdtEndPr/>
+                <w:sdtContent>
+                  <w:tc>
+                    <w:tcPr>
+                      <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                      <w:tcW w:w="450" w:type="dxa"/>
+                    </w:tcPr>
+                    <w:p w14:paraId="7E5229F1" w14:textId="0A65E098" w:rsidR="00441DF4" w:rsidRPr="00BE0D7C" w:rsidRDefault="00441DF4" w:rsidP="00A5403A">
+                      <w:pPr>
+                        <w:pStyle w:val="ListParagraph"/>
+                        <w:ind w:left="0"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:b w:val="0"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00BE0D7C">
+                        <w:rPr>
+                          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                          <w:b w:val="0"/>
+                        </w:rPr>
+                        <w:t>☐</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:tc>
+                </w:sdtContent>
+              </w:sdt>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="9540" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="311FFC16" w14:textId="00B1FD13" w:rsidR="00441DF4" w:rsidRDefault="00441DF4" w:rsidP="00441DF4">
+                  <w:pPr>
+                    <w:pStyle w:val="ListParagraph"/>
+                    <w:ind w:left="0"/>
+                    <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:t>Affect how participants are contacted, followed</w:t>
+                  </w:r>
+                  <w:r w:rsidR="002201A5">
+                    <w:t xml:space="preserve"> up with, or withdrawn from the study?</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00811E99" w14:paraId="7F8568B2" w14:textId="77777777" w:rsidTr="00A5403A">
+              <w:trPr>
+                <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              </w:trPr>
+              <w:sdt>
+                <w:sdtPr>
+                  <w:id w:val="-209567632"/>
+                  <w14:checkbox>
+                    <w14:checked w14:val="0"/>
+                    <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                    <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                  </w14:checkbox>
+                </w:sdtPr>
+                <w:sdtEndPr/>
+                <w:sdtContent>
+                  <w:tc>
+                    <w:tcPr>
+                      <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                      <w:tcW w:w="450" w:type="dxa"/>
+                    </w:tcPr>
+                    <w:p w14:paraId="78E56B2D" w14:textId="77777777" w:rsidR="00811E99" w:rsidRPr="00BE0D7C" w:rsidRDefault="00811E99" w:rsidP="00A5403A">
+                      <w:pPr>
+                        <w:pStyle w:val="ListParagraph"/>
+                        <w:ind w:left="0"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:b w:val="0"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00BE0D7C">
+                        <w:rPr>
+                          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                          <w:b w:val="0"/>
+                        </w:rPr>
+                        <w:t>☐</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:tc>
+                </w:sdtContent>
+              </w:sdt>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="9540" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="144D9623" w14:textId="6DAEDAF7" w:rsidR="00811E99" w:rsidRPr="00BE0D7C" w:rsidRDefault="002201A5" w:rsidP="00AC05B6">
+                  <w:pPr>
+                    <w:pStyle w:val="ListParagraph"/>
+                    <w:ind w:left="0"/>
+                    <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                    <w:rPr>
+                      <w:i/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:t xml:space="preserve">Change the potential benefits to participants or to society </w:t>
+                  </w:r>
+                  <w:r w:rsidR="00325C19">
+                    <w:t xml:space="preserve">resulting </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:t>from the research?</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w14:paraId="3C0E6668" w14:textId="77777777" w:rsidR="00811E99" w:rsidRPr="00F072B9" w:rsidRDefault="00811E99" w:rsidP="00AC05B6">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="236"/>
+              <w:rPr>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6E0A1BE2" w14:textId="65C00F88" w:rsidR="00F072B9" w:rsidRPr="00F072B9" w:rsidRDefault="00F072B9" w:rsidP="00F072B9">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="425"/>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F072B9">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:color w:val="0096D6"/>
+              </w:rPr>
+              <w:t>Note</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">: If any </w:t>
+            </w:r>
+            <w:r w:rsidR="003C5F25">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>items</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve"> are selected, </w:t>
+            </w:r>
+            <w:r w:rsidR="003C5F25">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">describe the </w:t>
+            </w:r>
+            <w:r w:rsidR="00A8155D">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>potential</w:t>
+            </w:r>
+            <w:r w:rsidR="003C5F25">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve"> impact on participants </w:t>
+            </w:r>
+            <w:r w:rsidR="00A8155D">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>and/</w:t>
+            </w:r>
+            <w:r w:rsidR="003C5F25">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">or study procedures below. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51EC3716" w14:textId="77777777" w:rsidR="00F072B9" w:rsidRPr="00F072B9" w:rsidRDefault="00F072B9" w:rsidP="00AC05B6">
+            <w:pPr>
+              <w:ind w:left="425"/>
+              <w:rPr>
+                <w:rStyle w:val="Style1"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:sdt>
+            <w:sdtPr>
+              <w:rPr>
+                <w:rStyle w:val="Style1"/>
+              </w:rPr>
+              <w:id w:val="1674072920"/>
+              <w:placeholder>
+                <w:docPart w:val="4AE7BE537A644ADEA96D5149A62E355E"/>
+              </w:placeholder>
+              <w:showingPlcHdr/>
+              <w15:color w:val="333399"/>
+            </w:sdtPr>
+            <w:sdtEndPr>
+              <w:rPr>
+                <w:rStyle w:val="DefaultParagraphFont"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:sdtEndPr>
+            <w:sdtContent>
+              <w:p w14:paraId="0F7B736F" w14:textId="20AE1870" w:rsidR="00811E99" w:rsidRDefault="00811E99" w:rsidP="00AC05B6">
+                <w:pPr>
+                  <w:ind w:left="425"/>
+                  <w:rPr>
+                    <w:rStyle w:val="Style1"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="002C1F85">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:color w:val="163E70"/>
+                  </w:rPr>
+                  <w:t>Enter text</w:t>
+                </w:r>
+              </w:p>
+            </w:sdtContent>
+          </w:sdt>
+          <w:p w14:paraId="0E082006" w14:textId="77777777" w:rsidR="00811E99" w:rsidRPr="001674A5" w:rsidRDefault="00811E99" w:rsidP="00AC05B6">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="236"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="60C03C25" w14:textId="77777777" w:rsidR="00193A3D" w:rsidRDefault="00193A3D" w:rsidP="00786A5D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53754386" w14:textId="77777777" w:rsidR="00193A3D" w:rsidRDefault="00193A3D">
       <w:r>
-        <w:rPr>
-[...69 lines deleted...]
-        <w:t>BOARD</w:t>
+        <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="BodyText"/>
+    <w:p w14:paraId="6D3CF46F" w14:textId="77777777" w:rsidR="00193A3D" w:rsidRDefault="00193A3D" w:rsidP="00193A3D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="BodyText"/>
+      <w:bookmarkStart w:id="4" w:name="AppendixB"/>
+      <w:bookmarkStart w:id="5" w:name="AppendixA"/>
+      <w:r w:rsidRPr="002D0F31">
         <w:rPr>
           <w:b/>
         </w:rPr>
-      </w:pPr>
-[...206 lines deleted...]
-        <w:t>Instructions:</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Appendix </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:color w:val="FF0000"/>
-[...1 lines deleted...]
-          <w:sz w:val="22"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t>A:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-        <w:t>Your</w:t>
+      <w:r w:rsidRPr="002D0F31">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Submission Checklist</w:t>
       </w:r>
-      <w:r>
+      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="5"/>
+    </w:p>
+    <w:p w14:paraId="567A4900" w14:textId="77777777" w:rsidR="00193A3D" w:rsidRPr="002D0F31" w:rsidRDefault="00193A3D" w:rsidP="00193A3D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:spacing w:val="-3"/>
-[...371 lines deleted...]
-          <w:rFonts w:ascii="Calibri"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...371 lines deleted...]
-          <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
-[...17 lines deleted...]
-        <w:tblLook w:val="01E0"/>
+        <w:tblStyle w:val="PlainTable1"/>
+        <w:tblW w:w="10795" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3586"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3879"/>
+        <w:gridCol w:w="625"/>
+        <w:gridCol w:w="8550"/>
+        <w:gridCol w:w="810"/>
+        <w:gridCol w:w="810"/>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="00193A3D" w14:paraId="03A3F72B" w14:textId="77777777" w:rsidTr="00906007">
         <w:trPr>
-          <w:trHeight w:val="286" w:hRule="atLeast"/>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="611"/>
+          <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10132" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9175" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="163E70"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="2C4F5673" w14:textId="458EBA6C" w:rsidR="00193A3D" w:rsidRPr="00EE75D8" w:rsidRDefault="00193A3D" w:rsidP="00AC05B6">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...112 lines deleted...]
-                <w:sz w:val="16"/>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:sz w:val="16"/>
-[...14 lines deleted...]
-              <w:t>Investigator:</w:t>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">REQUIRED SUPPLEMENTAL DOCUMENTATION </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DA6DBE">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>(as applicable to your pro</w:t>
+            </w:r>
+            <w:r w:rsidR="00C50DEE">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>posed changes</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DA6DBE">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2667" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="810" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="7AB43E42" w14:textId="77777777" w:rsidR="00193A3D" w:rsidRPr="00EE75D8" w:rsidRDefault="00193A3D" w:rsidP="00AC05B6">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...3 lines deleted...]
-                <w:sz w:val="16"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:sz w:val="16"/>
-[...1 lines deleted...]
-              <w:t>Email:</w:t>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3879" w:type="dxa"/>
+            <w:tcW w:w="810" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="thickThinMediumGap" w:sz="6" w:space="0" w:color="E6E6E6"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="6FC56AED" w14:textId="77777777" w:rsidR="00193A3D" w:rsidRPr="00EE75D8" w:rsidRDefault="00193A3D" w:rsidP="00AC05B6">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...3 lines deleted...]
-                <w:sz w:val="16"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:sz w:val="16"/>
-[...1 lines deleted...]
-              <w:t>Department:</w:t>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00906007" w14:paraId="26D5DB4D" w14:textId="77777777" w:rsidTr="00906007">
         <w:trPr>
-          <w:trHeight w:val="438" w:hRule="atLeast"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3586" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="625" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="6C187EA4" w14:textId="1199F308" w:rsidR="00906007" w:rsidRPr="00906007" w:rsidRDefault="00906007" w:rsidP="00906007">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...3 lines deleted...]
-                <w:sz w:val="16"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...29 lines deleted...]
-              <w:t>Number:</w:t>
+            <w:r w:rsidRPr="00906007">
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6546" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="8550" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63D40FBE" w14:textId="77777777" w:rsidR="00906007" w:rsidRDefault="00906007" w:rsidP="00906007">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Signed copy of the </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+              </w:rPr>
+              <w:t>Submission Attestation Form</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FF34FB">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">(click </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r w:rsidRPr="00A9533A">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:t>here</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="596CE03C" w14:textId="77777777" w:rsidR="00906007" w:rsidRPr="00AD1C83" w:rsidRDefault="00906007" w:rsidP="00906007">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="12"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="40E3536F" w14:textId="77777777" w:rsidR="00906007" w:rsidRPr="00494419" w:rsidRDefault="00906007" w:rsidP="00906007">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:ind w:left="250" w:hanging="250"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00494419">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>If the PI is a student, the document must also be signed by the respective Faculty Advisor</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02BF464E" w14:textId="77777777" w:rsidR="00906007" w:rsidRPr="00906007" w:rsidRDefault="00906007" w:rsidP="00906007">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="-1369748026"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="810" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="7EF8D7F4" w14:textId="04DC92B7" w:rsidR="00906007" w:rsidRDefault="00906007" w:rsidP="00906007">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="BEBEBE"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:tr2bl w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="2B819FA2" w14:textId="77777777" w:rsidR="00906007" w:rsidRDefault="00906007" w:rsidP="00906007">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...4 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
-            <w:r>
-[...30 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00906007" w14:paraId="6C1F426D" w14:textId="77777777" w:rsidTr="00906007">
         <w:trPr>
-          <w:trHeight w:val="856" w:hRule="atLeast"/>
+          <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3586" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="625" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="444DE3D8" w14:textId="4A810403" w:rsidR="00906007" w:rsidRPr="00EE75D8" w:rsidRDefault="00906007" w:rsidP="00906007">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...13 lines deleted...]
-                <w:sz w:val="16"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:sz w:val="16"/>
-[...40 lines deleted...]
-              <w:t>Category:</w:t>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6546" w:type="dxa"/>
-[...6 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="8550" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="7B2AAA49" w14:textId="3B4756AF" w:rsidR="00906007" w:rsidRDefault="00906007" w:rsidP="00906007">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...12 lines deleted...]
-              </w:rPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...126 lines deleted...]
-              <w:t>Board</w:t>
+              <w:t>Current CV or resume of the Principal Investigator if a change in PI is requested</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="-1030185520"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="810" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="2ED3A40A" w14:textId="77777777" w:rsidR="00906007" w:rsidRDefault="00906007" w:rsidP="00906007">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="-1779178264"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="810" w:type="dxa"/>
+                <w:tcBorders>
+                  <w:tr2bl w:val="nil"/>
+                </w:tcBorders>
+              </w:tcPr>
+              <w:p w14:paraId="0848CE4E" w14:textId="79C23058" w:rsidR="00906007" w:rsidRDefault="00906007" w:rsidP="00906007">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00906007" w14:paraId="241CC847" w14:textId="77777777" w:rsidTr="00906007">
         <w:trPr>
-          <w:trHeight w:val="1050" w:hRule="atLeast"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3586" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="625" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="0644435E" w14:textId="247051EB" w:rsidR="00906007" w:rsidRPr="00EE75D8" w:rsidRDefault="00906007" w:rsidP="00906007">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...20 lines deleted...]
-                <w:sz w:val="16"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:sz w:val="16"/>
-[...27 lines deleted...]
-              <w:t>Status:</w:t>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6546" w:type="dxa"/>
-[...6 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="8550" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="03D912B1" w14:textId="59BA7760" w:rsidR="00906007" w:rsidRPr="00436734" w:rsidRDefault="00906007" w:rsidP="00906007">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...12 lines deleted...]
-              </w:rPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              <w:t>Currently</w:t>
+              <w:t xml:space="preserve">Copy of current CITI training completion certificates for </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00826B97">
+              <w:rPr>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>all UNE-affiliated</w:t>
             </w:r>
             <w:r>
-              <w:rPr>
-[...113 lines deleted...]
-              <w:t>date:</w:t>
+              <w:t xml:space="preserve"> key personnel that are being added to the project</w:t>
             </w:r>
           </w:p>
-          <w:p>
+          <w:p w14:paraId="39AEC3DA" w14:textId="77777777" w:rsidR="00906007" w:rsidRPr="005D0C5B" w:rsidRDefault="00906007" w:rsidP="00906007">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...392 lines deleted...]
-                <w:sz w:val="16"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p>
+          <w:p w14:paraId="009C5AD7" w14:textId="77777777" w:rsidR="00906007" w:rsidRPr="006A700F" w:rsidRDefault="00906007" w:rsidP="00906007">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:tabs>
-[...6 lines deleted...]
-                <w:sz w:val="16"/>
+              <w:ind w:left="252" w:hanging="252"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:i/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="006A700F">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">All UNE-affiliated key personnel are required to take the applicable UNE-specific CITI training course(s) outlined below. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09559904" w14:textId="77777777" w:rsidR="00906007" w:rsidRPr="006A700F" w:rsidRDefault="00906007" w:rsidP="00906007">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="252"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="33DBD6B1" w14:textId="4122FC5B" w:rsidR="00906007" w:rsidRPr="006A700F" w:rsidRDefault="00906007" w:rsidP="00906007">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="252"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A700F">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:color w:val="0096D6"/>
+              </w:rPr>
+              <w:t>Note</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A700F">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">: The </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:sz w:val="16"/>
-[...1 lines deleted...]
-              <w:t>Yes*</w:t>
+                <w:i/>
+              </w:rPr>
+              <w:t>IRB</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A700F">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve"> does NOT accept CITI training certificates completed at other institutions when key personnel are affiliated with UNE. </w:t>
             </w:r>
           </w:p>
-          <w:p>
+          <w:p w14:paraId="13C81809" w14:textId="77777777" w:rsidR="00906007" w:rsidRPr="006A700F" w:rsidRDefault="00906007" w:rsidP="00906007">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="252"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7E4ED749" w14:textId="77777777" w:rsidR="00906007" w:rsidRPr="006A700F" w:rsidRDefault="00906007" w:rsidP="00906007">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:tabs>
-[...6 lines deleted...]
-                <w:sz w:val="16"/>
+              <w:ind w:left="252" w:hanging="252"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A700F">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">CITI training completion certificates are NOT required for non-UNE affiliated personnel or collaborators. If the external personnel or collaborators are affiliated with an organization with its own IRB, they will need to ensure they meet the human subjects training requirements of their own institution. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31A6150D" w14:textId="77777777" w:rsidR="00906007" w:rsidRPr="006A700F" w:rsidRDefault="00906007" w:rsidP="00906007">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="252"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4B8269D1" w14:textId="77777777" w:rsidR="00906007" w:rsidRPr="006A700F" w:rsidRDefault="00906007" w:rsidP="00906007">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="252"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A700F">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:color w:val="0096D6"/>
+              </w:rPr>
+              <w:t>Note</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A700F">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>: If the external personnel or collaborators are not affiliated with an organization with its own IRB, they may be required take the applicable UNE</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A700F">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:noBreakHyphen/>
+              <w:t>Specific CITI training course(s) outlined below.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65224573" w14:textId="77777777" w:rsidR="00906007" w:rsidRPr="003927ED" w:rsidRDefault="00906007" w:rsidP="00906007">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="00AEEF"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblStyle w:val="TableGrid"/>
+              <w:tblW w:w="0" w:type="auto"/>
+              <w:tblInd w:w="244" w:type="dxa"/>
+              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="2160"/>
+              <w:gridCol w:w="5220"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="00906007" w:rsidRPr="003927ED" w14:paraId="6E7AA0F5" w14:textId="77777777" w:rsidTr="008F2866">
+              <w:trPr>
+                <w:trHeight w:val="377"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2160" w:type="dxa"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="6ECF3467" w14:textId="77777777" w:rsidR="00906007" w:rsidRPr="003927ED" w:rsidRDefault="00906007" w:rsidP="00906007">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:b/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="003927ED">
+                    <w:rPr>
+                      <w:b/>
+                    </w:rPr>
+                    <w:t>UNE-Specific CITI Training Courses</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="5220" w:type="dxa"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="1E1A3547" w14:textId="77777777" w:rsidR="00906007" w:rsidRPr="003927ED" w:rsidRDefault="00906007" w:rsidP="00906007">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:b/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="003927ED">
+                    <w:rPr>
+                      <w:b/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Take when </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:b/>
+                    </w:rPr>
+                    <w:t>the</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="003927ED">
+                    <w:rPr>
+                      <w:b/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> research project…</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00906007" w:rsidRPr="003927ED" w14:paraId="0101344A" w14:textId="77777777" w:rsidTr="008F2866">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2160" w:type="dxa"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+                </w:tcPr>
+                <w:p w14:paraId="717DD1BC" w14:textId="77777777" w:rsidR="00906007" w:rsidRPr="003927ED" w:rsidRDefault="00906007" w:rsidP="00906007">
+                  <w:r w:rsidRPr="003927ED">
+                    <w:t xml:space="preserve">Social &amp; Behavioral </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:t xml:space="preserve">Research </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="003927ED">
+                    <w:t>Investigators</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="5220" w:type="dxa"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+                </w:tcPr>
+                <w:p w14:paraId="02E40785" w14:textId="77777777" w:rsidR="00906007" w:rsidRPr="003927ED" w:rsidRDefault="00906007" w:rsidP="00906007">
+                  <w:r w:rsidRPr="003927ED">
+                    <w:t>Involves the collection of data via focus groups, interviews, surveys, educational or psychometric tests, or observation of non-public behavior</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00906007" w:rsidRPr="003927ED" w14:paraId="5139E39D" w14:textId="77777777" w:rsidTr="008F2866">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2160" w:type="dxa"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+                </w:tcPr>
+                <w:p w14:paraId="57B7AFC5" w14:textId="595B0B68" w:rsidR="00906007" w:rsidRDefault="00906007" w:rsidP="00906007">
+                  <w:r>
+                    <w:t>Data or</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00AF6ADE">
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:t xml:space="preserve">Specimens </w:t>
+                  </w:r>
+                  <w:r w:rsidR="00AF6ADE">
+                    <w:t xml:space="preserve">Only </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:t>Research</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="5220" w:type="dxa"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+                </w:tcPr>
+                <w:p w14:paraId="3CDEFA6C" w14:textId="78EA1C19" w:rsidR="00906007" w:rsidRDefault="00906007" w:rsidP="00906007">
+                  <w:r w:rsidRPr="003927ED">
+                    <w:t xml:space="preserve">Involves existing </w:t>
+                  </w:r>
+                  <w:r w:rsidR="002869C3">
+                    <w:t xml:space="preserve">identifiable </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="003927ED">
+                    <w:t>data (e.g., retrospective chart review) or biospecimens</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00906007" w:rsidRPr="003927ED" w14:paraId="02C446A3" w14:textId="77777777" w:rsidTr="008F2866">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2160" w:type="dxa"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+                </w:tcPr>
+                <w:p w14:paraId="263FAC7D" w14:textId="77777777" w:rsidR="00906007" w:rsidRPr="003927ED" w:rsidRDefault="00906007" w:rsidP="00906007">
+                  <w:r>
+                    <w:t>Biomedical Research Investigators</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="5220" w:type="dxa"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+                </w:tcPr>
+                <w:p w14:paraId="73C90B52" w14:textId="77777777" w:rsidR="00906007" w:rsidRPr="003927ED" w:rsidRDefault="00906007" w:rsidP="00906007">
+                  <w:r>
+                    <w:t>Involves the collection of biomedical data, or biometric or physical data from participants</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00906007" w:rsidRPr="003927ED" w14:paraId="5DA2861F" w14:textId="77777777" w:rsidTr="008F2866">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2160" w:type="dxa"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+                </w:tcPr>
+                <w:p w14:paraId="3ED67E0F" w14:textId="77777777" w:rsidR="00906007" w:rsidRPr="003927ED" w:rsidRDefault="00906007" w:rsidP="00906007">
+                  <w:r w:rsidRPr="003927ED">
+                    <w:t>Conflict of Interest</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="5220" w:type="dxa"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+                </w:tcPr>
+                <w:p w14:paraId="45AECAAF" w14:textId="77777777" w:rsidR="00906007" w:rsidRPr="003927ED" w:rsidRDefault="00906007" w:rsidP="00906007">
+                  <w:r w:rsidRPr="003927ED">
+                    <w:t xml:space="preserve">Is funded or sponsored by a federal Public Health Service (PHS) </w:t>
+                  </w:r>
+                  <w:hyperlink r:id="rId14" w:history="1">
+                    <w:r w:rsidRPr="002F60B0">
+                      <w:rPr>
+                        <w:rStyle w:val="Hyperlink"/>
+                      </w:rPr>
+                      <w:t>agency</w:t>
+                    </w:r>
+                  </w:hyperlink>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w14:paraId="3F003857" w14:textId="77777777" w:rsidR="00906007" w:rsidRPr="003A6746" w:rsidRDefault="00906007" w:rsidP="00906007">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="00AEEF"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="067E3CB9" w14:textId="77777777" w:rsidR="00906007" w:rsidRPr="003A6746" w:rsidRDefault="00906007" w:rsidP="00906007">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="00AEEF"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="1972402266"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="810" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="33EC33E3" w14:textId="77777777" w:rsidR="00906007" w:rsidRDefault="00906007" w:rsidP="00906007">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="1401568175"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="810" w:type="dxa"/>
+                <w:tcBorders>
+                  <w:tr2bl w:val="nil"/>
+                </w:tcBorders>
+              </w:tcPr>
+              <w:p w14:paraId="078F6B87" w14:textId="0396F11C" w:rsidR="00906007" w:rsidRDefault="00906007" w:rsidP="00906007">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="00906007" w14:paraId="264E402A" w14:textId="77777777" w:rsidTr="00906007">
+        <w:trPr>
+          <w:trHeight w:val="360"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="625" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F3C020A" w14:textId="1230B045" w:rsidR="00906007" w:rsidRPr="00EE75D8" w:rsidRDefault="00906007" w:rsidP="00906007">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:sz w:val="16"/>
-[...183 lines deleted...]
-              <w:t>being added.</w:t>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6546" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="8550" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C2726F4" w14:textId="01F7DEB9" w:rsidR="00906007" w:rsidRDefault="00906007" w:rsidP="00906007">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Revised Research Proposal Summary or Protocol if requested changes require modification to these documents</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1ECCAA21" w14:textId="77777777" w:rsidR="00906007" w:rsidRPr="00FF34FB" w:rsidRDefault="00906007" w:rsidP="00906007">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="00AEEF"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="-1991699617"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="810" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="2CA77D7F" w14:textId="77777777" w:rsidR="00906007" w:rsidRDefault="00906007" w:rsidP="00906007">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="-1588067595"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="810" w:type="dxa"/>
+                <w:tcBorders>
+                  <w:tr2bl w:val="nil"/>
+                </w:tcBorders>
+              </w:tcPr>
+              <w:p w14:paraId="30862BE2" w14:textId="63779F3C" w:rsidR="00906007" w:rsidRDefault="00906007" w:rsidP="00906007">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="00906007" w14:paraId="262A10AD" w14:textId="77777777" w:rsidTr="00AC05B6">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="360"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="625" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="71AEB03B" w14:textId="57E0458D" w:rsidR="00906007" w:rsidRPr="00EE75D8" w:rsidRDefault="007F7EBE" w:rsidP="00906007">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8550" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55ABB38E" w14:textId="75861A1E" w:rsidR="00906007" w:rsidRDefault="00906007" w:rsidP="00906007">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">New or revised </w:t>
+            </w:r>
+            <w:r w:rsidR="00964C1D">
+              <w:t xml:space="preserve">Participant Information Sheet or </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">Consent/Assent Form </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="603AED55" w14:textId="77777777" w:rsidR="00906007" w:rsidRPr="00CB2F39" w:rsidRDefault="00906007" w:rsidP="00906007">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="-416401547"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="810" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="4FAFB915" w14:textId="77777777" w:rsidR="00906007" w:rsidRDefault="00906007" w:rsidP="00906007">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="-1518230023"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="810" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="235C475A" w14:textId="77777777" w:rsidR="00906007" w:rsidRDefault="00906007" w:rsidP="00906007">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="00906007" w14:paraId="0120D378" w14:textId="77777777" w:rsidTr="00AC05B6">
+        <w:trPr>
+          <w:trHeight w:val="360"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="625" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="36CE938A" w14:textId="12EF229A" w:rsidR="00906007" w:rsidRPr="00EE75D8" w:rsidRDefault="007F7EBE" w:rsidP="00906007">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8550" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DFEF50B" w14:textId="77777777" w:rsidR="00906007" w:rsidRDefault="00906007" w:rsidP="00906007">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Letter(s) of Support/Permission:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="290B6DA8" w14:textId="77777777" w:rsidR="00906007" w:rsidRPr="00A073D9" w:rsidRDefault="00906007" w:rsidP="00906007">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="367A8486" w14:textId="65970D52" w:rsidR="00906007" w:rsidRPr="002F60B0" w:rsidRDefault="00906007" w:rsidP="00906007">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:ind w:left="250" w:hanging="250"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F60B0">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">Required from any </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">new </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002F60B0">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>non-UNE site</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002F60B0">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve"> where research </w:t>
+            </w:r>
+            <w:r w:rsidR="00342F01">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>will be</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002F60B0">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve"> conducted; or when applicable, documentation of IRB approval from the external site(s)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="153ACEE4" w14:textId="77777777" w:rsidR="00906007" w:rsidRPr="002F60B0" w:rsidRDefault="00906007" w:rsidP="00906007">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="250"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0C1FBBE0" w14:textId="2B880AFF" w:rsidR="00906007" w:rsidRPr="002F60B0" w:rsidRDefault="00906007" w:rsidP="00906007">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:ind w:left="250" w:hanging="250"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F60B0">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">Required when PHI originates from a </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">new </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002F60B0">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>non-UNE covered entity and the project involves access to, use, or disclosure of PHI for research purposes</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="387738F2" w14:textId="77777777" w:rsidR="00906007" w:rsidRPr="002F60B0" w:rsidRDefault="00906007" w:rsidP="00906007">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="50D07B13" w14:textId="08E2F3A3" w:rsidR="00906007" w:rsidRPr="002F60B0" w:rsidRDefault="00906007" w:rsidP="00906007">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="250"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F60B0">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:color w:val="0096D6"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Note</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002F60B0">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>: The letter of support from the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve"> new</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002F60B0">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve"> non-UNE covered entity must attest that they are aware of the proposed project and support the access to, use, or disclosure of PHI to the study team for research</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="690E559A" w14:textId="77777777" w:rsidR="00906007" w:rsidRPr="00FF34FB" w:rsidRDefault="00906007" w:rsidP="00906007">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="-2016141087"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="810" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="65F6DCA5" w14:textId="77777777" w:rsidR="00906007" w:rsidRDefault="00906007" w:rsidP="00906007">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="-1602483195"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="810" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="4A7B8EC4" w14:textId="77777777" w:rsidR="00906007" w:rsidRDefault="00906007" w:rsidP="00906007">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="00906007" w14:paraId="451055FD" w14:textId="77777777" w:rsidTr="00AC05B6">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="360"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="625" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="635D4309" w14:textId="10B56490" w:rsidR="00906007" w:rsidRPr="00EE75D8" w:rsidRDefault="007F7EBE" w:rsidP="00906007">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8550" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BE1A310" w14:textId="677CD250" w:rsidR="00906007" w:rsidRDefault="00906007" w:rsidP="00906007">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>New or revised Data Collection Tools (as applicable):</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A39663D" w14:textId="77777777" w:rsidR="00906007" w:rsidRPr="00F719CB" w:rsidRDefault="00906007" w:rsidP="00906007">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="12"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="371432AA" w14:textId="77777777" w:rsidR="00906007" w:rsidRPr="002F60B0" w:rsidRDefault="00906007" w:rsidP="00906007">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="250" w:hanging="250"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F60B0">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Master list or linking key template</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CE86AF1" w14:textId="77777777" w:rsidR="00906007" w:rsidRPr="002F60B0" w:rsidRDefault="00906007" w:rsidP="00906007">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="250" w:hanging="250"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002F60B0">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Interview scripts/guides</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B5B6875" w14:textId="77777777" w:rsidR="00906007" w:rsidRPr="002F60B0" w:rsidRDefault="00906007" w:rsidP="00906007">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="250" w:hanging="250"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002F60B0">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Questionnaires</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CC3203B" w14:textId="77777777" w:rsidR="00906007" w:rsidRPr="002F60B0" w:rsidRDefault="00906007" w:rsidP="00906007">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="250" w:hanging="250"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F60B0">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Surveys</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04B8351B" w14:textId="77777777" w:rsidR="00906007" w:rsidRPr="002F60B0" w:rsidRDefault="00906007" w:rsidP="00906007">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="250" w:hanging="250"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F60B0">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Diaries</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29D9ECBB" w14:textId="77777777" w:rsidR="00906007" w:rsidRPr="002F60B0" w:rsidRDefault="00906007" w:rsidP="00906007">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="250" w:hanging="250"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F60B0">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Data collection form template</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="285B83F2" w14:textId="77777777" w:rsidR="00906007" w:rsidRPr="00FF34FB" w:rsidRDefault="00906007" w:rsidP="00906007">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="250"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="1914121403"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="810" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="59E1B5BA" w14:textId="77777777" w:rsidR="00906007" w:rsidRDefault="00906007" w:rsidP="00906007">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="265750884"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="810" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="4305801B" w14:textId="77777777" w:rsidR="00906007" w:rsidRDefault="00906007" w:rsidP="00906007">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="00906007" w14:paraId="5AD1ED40" w14:textId="77777777" w:rsidTr="00AC05B6">
+        <w:trPr>
+          <w:trHeight w:val="360"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="625" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EBF9E02" w14:textId="320C6A32" w:rsidR="00906007" w:rsidRPr="00EE75D8" w:rsidRDefault="007F7EBE" w:rsidP="00906007">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8550" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="381D7710" w14:textId="393F80EF" w:rsidR="00906007" w:rsidRDefault="00906007" w:rsidP="00906007">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>New or revised Participant Recruitment Materials (as applicable):</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D6D6D76" w14:textId="77777777" w:rsidR="00906007" w:rsidRPr="00F719CB" w:rsidRDefault="00906007" w:rsidP="00906007">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="12"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4A0D411A" w14:textId="77777777" w:rsidR="00906007" w:rsidRPr="002F60B0" w:rsidRDefault="00906007" w:rsidP="00906007">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:ind w:left="250" w:hanging="250"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F60B0">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Flyers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7987583C" w14:textId="77777777" w:rsidR="00906007" w:rsidRPr="002F60B0" w:rsidRDefault="00906007" w:rsidP="00906007">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:ind w:left="250" w:hanging="250"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F60B0">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Notices</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5850F52C" w14:textId="77777777" w:rsidR="00906007" w:rsidRPr="002F60B0" w:rsidRDefault="00906007" w:rsidP="00906007">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:ind w:left="250" w:hanging="250"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F60B0">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Letters</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34DA9118" w14:textId="77777777" w:rsidR="00906007" w:rsidRPr="002F60B0" w:rsidRDefault="00906007" w:rsidP="00906007">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:ind w:left="250" w:hanging="250"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F60B0">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>E-Mails</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3FFD2614" w14:textId="77777777" w:rsidR="00906007" w:rsidRPr="002F60B0" w:rsidRDefault="00906007" w:rsidP="00906007">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:ind w:left="250" w:hanging="250"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F60B0">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Verbal scripts</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6DAA975E" w14:textId="77777777" w:rsidR="00906007" w:rsidRPr="002F60B0" w:rsidRDefault="00906007" w:rsidP="00906007">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:ind w:left="250" w:hanging="250"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002F60B0">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Advertisements (e.g., newspaper, radio, tv, social medial, etc.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="447DE3A4" w14:textId="77777777" w:rsidR="00906007" w:rsidRPr="00FF34FB" w:rsidRDefault="00906007" w:rsidP="00906007">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="250"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="-402920475"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="810" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="2C92D309" w14:textId="77777777" w:rsidR="00906007" w:rsidRDefault="00906007" w:rsidP="00906007">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="1202054876"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="810" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="17B6CC8D" w14:textId="77777777" w:rsidR="00906007" w:rsidRDefault="00906007" w:rsidP="00906007">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="00906007" w14:paraId="259BE14C" w14:textId="77777777" w:rsidTr="00AC05B6">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="360"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="625" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="39CABABA" w14:textId="31B5D8CE" w:rsidR="00906007" w:rsidRPr="00EE75D8" w:rsidRDefault="007F7EBE" w:rsidP="00906007">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8550" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="316A3E13" w14:textId="77777777" w:rsidR="00906007" w:rsidRDefault="00906007" w:rsidP="00906007">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Whenever possible, submit separate </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008252CB">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Microsoft Word</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> files for the following study documents:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="53DC23D6" w14:textId="77777777" w:rsidR="00906007" w:rsidRPr="00F719CB" w:rsidRDefault="00906007" w:rsidP="00906007">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="12"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3F57A6C7" w14:textId="539B1C63" w:rsidR="00906007" w:rsidRPr="002F60B0" w:rsidRDefault="00220226" w:rsidP="00906007">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:ind w:left="250" w:hanging="250"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revised </w:t>
+            </w:r>
+            <w:r w:rsidR="00906007">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">Exempt or </w:t>
+            </w:r>
+            <w:r w:rsidR="00906007" w:rsidRPr="002F60B0">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">Non-Exempt </w:t>
+            </w:r>
+            <w:r w:rsidR="00906007">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">IRB </w:t>
+            </w:r>
+            <w:r w:rsidR="00906007" w:rsidRPr="002F60B0">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Application</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20A5F890" w14:textId="17A804DA" w:rsidR="00906007" w:rsidRPr="002F60B0" w:rsidRDefault="00220226" w:rsidP="00906007">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:ind w:left="250" w:hanging="250"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revised </w:t>
+            </w:r>
+            <w:r w:rsidR="00906007" w:rsidRPr="002F60B0">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Research</w:t>
+            </w:r>
+            <w:r w:rsidR="00906007">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Proposal Summary or</w:t>
+            </w:r>
+            <w:r w:rsidR="00906007" w:rsidRPr="002F60B0">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00906007">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+            <w:r w:rsidR="00906007" w:rsidRPr="002F60B0">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>rotocol</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A3D5EBE" w14:textId="00B285B9" w:rsidR="00906007" w:rsidRPr="002F60B0" w:rsidRDefault="00220226" w:rsidP="00906007">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:ind w:left="250" w:hanging="250"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">New or revised </w:t>
+            </w:r>
+            <w:r w:rsidR="00964C1D">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">Participant Information Sheet or </w:t>
+            </w:r>
+            <w:r w:rsidR="00906007" w:rsidRPr="002F60B0">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">Consent/Assent </w:t>
+            </w:r>
+            <w:r w:rsidR="00342F01">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>form</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F685BDE" w14:textId="2DDED528" w:rsidR="00906007" w:rsidRPr="002F60B0" w:rsidRDefault="00220226" w:rsidP="00906007">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:ind w:left="250" w:hanging="250"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">New or revised </w:t>
+            </w:r>
+            <w:r w:rsidR="00906007" w:rsidRPr="002F60B0">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Data Collection Tools (see item 7 above)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21991A02" w14:textId="4043F0EB" w:rsidR="00906007" w:rsidRPr="002F60B0" w:rsidRDefault="00220226" w:rsidP="00906007">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:ind w:left="250" w:hanging="250"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">New or revised </w:t>
+            </w:r>
+            <w:r w:rsidR="00906007" w:rsidRPr="002F60B0">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Participant Recruitment Materials (see item 8 above)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="098787B6" w14:textId="77777777" w:rsidR="00906007" w:rsidRPr="00F7768A" w:rsidRDefault="00906007" w:rsidP="00906007">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="250"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="00AEEF"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2F6E0173" w14:textId="77777777" w:rsidR="00906007" w:rsidRPr="00494419" w:rsidRDefault="00906007" w:rsidP="00906007">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="-20" w:firstLine="20"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00494419">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:color w:val="0096D6"/>
+              </w:rPr>
+              <w:t>Note</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00494419">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">: At the end of the review process, the </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>IRB</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00494419">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve"> will provide the Principal Investigator with clean, version-controlled copies of all approved study documents for use in the project. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A3A5253" w14:textId="77777777" w:rsidR="00906007" w:rsidRPr="00FF34FB" w:rsidRDefault="00906007" w:rsidP="00906007">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="250"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="1649933155"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="810" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="1A7500D0" w14:textId="77777777" w:rsidR="00906007" w:rsidRDefault="00906007" w:rsidP="00906007">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:tr2bl w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="15ACEA0E" w14:textId="77777777" w:rsidR="00906007" w:rsidRDefault="00906007" w:rsidP="00906007">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...4 lines deleted...]
-              </w:rPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
-            <w:r>
-[...387 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
+    <w:p w14:paraId="681EDBA7" w14:textId="77777777" w:rsidR="00193A3D" w:rsidRDefault="00193A3D" w:rsidP="00193A3D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="left"/>
-[...9 lines deleted...]
-        </w:sectPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:jc w:val="left"/>
-[...16 lines deleted...]
-        <w:tblLook w:val="01E0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1841"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2990"/>
+        <w:gridCol w:w="10790"/>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="00193A3D" w14:paraId="04CF171C" w14:textId="77777777" w:rsidTr="00AC05B6">
         <w:trPr>
-          <w:trHeight w:val="315" w:hRule="atLeast"/>
+          <w:trHeight w:val="518"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10130" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+            <w:tcW w:w="10790" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="02DD749B" w14:textId="77777777" w:rsidR="00193A3D" w:rsidRPr="007963F5" w:rsidRDefault="00193A3D" w:rsidP="00AC05B6">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...2 lines deleted...]
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:name="DESCRIPTION OF PROPOSED CHANGES" w:id="2"/>
-[...4 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="007963F5">
               <w:rPr>
                 <w:b/>
-                <w:color w:val="153D6E"/>
-[...53 lines deleted...]
-              <w:t>CHANGES</w:t>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Applicant Remarks:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00193A3D" w14:paraId="44095DEC" w14:textId="77777777" w:rsidTr="00AC05B6">
         <w:trPr>
-          <w:trHeight w:val="1405" w:hRule="atLeast"/>
+          <w:trHeight w:val="494"/>
         </w:trPr>
-        <w:tc>
-[...3234 lines deleted...]
-        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:color w:val="163E70"/>
+            </w:rPr>
+            <w:id w:val="1588033964"/>
+            <w:placeholder>
+              <w:docPart w:val="9ED3D3E4CB514AB688963A4C8EFFE07F"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w15:color w:val="333399"/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="10790" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="17B63484" w14:textId="77777777" w:rsidR="00193A3D" w:rsidRPr="00F61EC1" w:rsidRDefault="00193A3D" w:rsidP="00AC05B6">
+                <w:pPr>
+                  <w:rPr>
+                    <w:color w:val="163E70"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00F61EC1">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:color w:val="163E70"/>
+                  </w:rPr>
+                  <w:t>Enter text</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...510 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="3892CAAC" w14:textId="066EA0BF" w:rsidR="00E4381C" w:rsidRDefault="00E4381C" w:rsidP="00786A5D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
     </w:p>
-    <w:p>
-[...1518 lines deleted...]
-    <w:sectPr>
+    <w:p w14:paraId="79F35230" w14:textId="654701E4" w:rsidR="00964A39" w:rsidRDefault="00964A39"/>
+    <w:sectPr w:rsidR="00964A39" w:rsidSect="0095325F">
+      <w:headerReference w:type="default" r:id="rId15"/>
+      <w:footerReference w:type="default" r:id="rId16"/>
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:header="0" w:footer="714" w:top="900" w:bottom="900" w:left="840" w:right="820"/>
+      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:cols w:space="720"/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="5D1C841C" w14:textId="77777777" w:rsidR="00AF325C" w:rsidRDefault="00AF325C" w:rsidP="00BE67B0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="20A6F92E" w14:textId="77777777" w:rsidR="00AF325C" w:rsidRDefault="00AF325C" w:rsidP="00BE67B0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
-    <w:altName w:val="Times New Roman"/>
-    <w:charset w:val="0"/>
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
-    <w:altName w:val="MS Gothic"/>
-    <w:charset w:val="0"/>
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Tahoma">
-[...1 lines deleted...]
-    <w:charset w:val="0"/>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-  </w:font>
-[...4 lines deleted...]
-    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xml:space="preserve">
-  <w:p>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="65E94366" w14:textId="77777777" w:rsidR="00AC05B6" w:rsidRDefault="00AC05B6" w:rsidP="003A654A">
     <w:pPr>
-      <w:pStyle w:val="BodyText"/>
-      <w:spacing w:line="14" w:lineRule="auto"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="8"/>
+      </w:rPr>
     </w:pPr>
-    <w:r>
-[...30 lines deleted...]
-    </w:r>
+  </w:p>
+  <w:tbl>
+    <w:tblPr>
+      <w:tblStyle w:val="TableGrid"/>
+      <w:tblW w:w="0" w:type="auto"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="666666"/>
+      <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="10790"/>
+    </w:tblGrid>
+    <w:tr w:rsidR="00AC05B6" w:rsidRPr="000A33D4" w14:paraId="09B746EB" w14:textId="77777777" w:rsidTr="00765077">
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="10790" w:type="dxa"/>
+          <w:tcBorders>
+            <w:top w:val="nil"/>
+            <w:left w:val="nil"/>
+            <w:bottom w:val="nil"/>
+            <w:right w:val="nil"/>
+          </w:tcBorders>
+          <w:shd w:val="clear" w:color="auto" w:fill="DDDDDD"/>
+          <w:vAlign w:val="center"/>
+        </w:tcPr>
+        <w:p w14:paraId="5ECA15E8" w14:textId="1F0AD37B" w:rsidR="00AC05B6" w:rsidRPr="000A33D4" w:rsidRDefault="00AC05B6" w:rsidP="00765077">
+          <w:pPr>
+            <w:jc w:val="center"/>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t>RES-F-029</w:t>
+          </w:r>
+          <w:r w:rsidRPr="000A33D4">
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t xml:space="preserve">; Rev </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t xml:space="preserve">0; </w:t>
+          </w:r>
+          <w:r w:rsidRPr="000A33D4">
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Effective Date: </w:t>
+          </w:r>
+          <w:r w:rsidR="001804AE">
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t>1/9/2026</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+    </w:tr>
+  </w:tbl>
+  <w:p w14:paraId="57284C7C" w14:textId="77777777" w:rsidR="00AC05B6" w:rsidRPr="00646293" w:rsidRDefault="00AC05B6">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:rPr>
+        <w:sz w:val="8"/>
+        <w:szCs w:val="8"/>
+      </w:rPr>
+    </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="427BD3E0" w14:textId="77777777" w:rsidR="00AF325C" w:rsidRDefault="00AF325C" w:rsidP="00BE67B0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="685B0A98" w14:textId="77777777" w:rsidR="00AF325C" w:rsidRDefault="00AF325C" w:rsidP="00BE67B0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:tbl>
+    <w:tblPr>
+      <w:tblStyle w:val="TableGrid"/>
+      <w:tblW w:w="0" w:type="auto"/>
+      <w:tblLayout w:type="fixed"/>
+      <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="2425"/>
+      <w:gridCol w:w="5940"/>
+      <w:gridCol w:w="2413"/>
+    </w:tblGrid>
+    <w:tr w:rsidR="00AC05B6" w:rsidRPr="000A33D4" w14:paraId="6F4835C9" w14:textId="77777777" w:rsidTr="00D52D5E">
+      <w:trPr>
+        <w:trHeight w:val="864"/>
+      </w:trPr>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="2425" w:type="dxa"/>
+          <w:vAlign w:val="center"/>
+        </w:tcPr>
+        <w:p w14:paraId="662362FA" w14:textId="77777777" w:rsidR="00AC05B6" w:rsidRPr="000A33D4" w:rsidRDefault="00AC05B6" w:rsidP="00D52D5E">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:tabs>
+              <w:tab w:val="clear" w:pos="4680"/>
+              <w:tab w:val="clear" w:pos="9360"/>
+              <w:tab w:val="left" w:pos="1052"/>
+            </w:tabs>
+            <w:jc w:val="center"/>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:sz w:val="32"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:noProof/>
+              <w:sz w:val="32"/>
+            </w:rPr>
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7716D3E7" wp14:editId="388E9ABE">
+                <wp:extent cx="1318314" cy="307238"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:docPr id="4" name="Picture 4"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                    <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:nvPicPr>
+                        <pic:cNvPr id="0" name="Picture 2"/>
+                        <pic:cNvPicPr>
+                          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                        </pic:cNvPicPr>
+                      </pic:nvPicPr>
+                      <pic:blipFill>
+                        <a:blip r:embed="rId1">
+                          <a:extLst>
+                            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                            </a:ext>
+                          </a:extLst>
+                        </a:blip>
+                        <a:stretch>
+                          <a:fillRect/>
+                        </a:stretch>
+                      </pic:blipFill>
+                      <pic:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1318314" cy="307238"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                      </pic:spPr>
+                    </pic:pic>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="5940" w:type="dxa"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="DDDDDD"/>
+          <w:vAlign w:val="center"/>
+        </w:tcPr>
+        <w:p w14:paraId="7698EF4D" w14:textId="415402B1" w:rsidR="00AC05B6" w:rsidRPr="000A33D4" w:rsidRDefault="001804AE" w:rsidP="00F047CE">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:tabs>
+              <w:tab w:val="clear" w:pos="4680"/>
+              <w:tab w:val="clear" w:pos="9360"/>
+              <w:tab w:val="left" w:pos="1052"/>
+            </w:tabs>
+            <w:jc w:val="center"/>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:sz w:val="32"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:b/>
+              <w:sz w:val="32"/>
+            </w:rPr>
+            <w:t xml:space="preserve">IRB </w:t>
+          </w:r>
+          <w:r w:rsidR="00AC05B6">
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:b/>
+              <w:sz w:val="32"/>
+            </w:rPr>
+            <w:t>Application for Amendment</w:t>
+          </w:r>
+          <w:r w:rsidR="0046286E">
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:b/>
+              <w:sz w:val="32"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="2413" w:type="dxa"/>
+          <w:vAlign w:val="center"/>
+        </w:tcPr>
+        <w:p w14:paraId="64215F0C" w14:textId="77777777" w:rsidR="00AC05B6" w:rsidRPr="000A33D4" w:rsidRDefault="00AC05B6" w:rsidP="00F047CE">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:tabs>
+              <w:tab w:val="clear" w:pos="4680"/>
+              <w:tab w:val="clear" w:pos="9360"/>
+              <w:tab w:val="left" w:pos="1052"/>
+            </w:tabs>
+            <w:jc w:val="center"/>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:sz w:val="32"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="000A33D4">
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:sz w:val="28"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Page </w:t>
+          </w:r>
+          <w:r w:rsidRPr="000A33D4">
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:bCs/>
+              <w:sz w:val="28"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidRPr="000A33D4">
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:bCs/>
+              <w:sz w:val="28"/>
+            </w:rPr>
+            <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
+          </w:r>
+          <w:r w:rsidRPr="000A33D4">
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:bCs/>
+              <w:sz w:val="28"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r w:rsidRPr="000A33D4">
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:bCs/>
+              <w:noProof/>
+              <w:sz w:val="28"/>
+            </w:rPr>
+            <w:t>1</w:t>
+          </w:r>
+          <w:r w:rsidRPr="000A33D4">
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:bCs/>
+              <w:sz w:val="28"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+          <w:r w:rsidRPr="000A33D4">
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:sz w:val="28"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> of </w:t>
+          </w:r>
+          <w:r w:rsidRPr="000A33D4">
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:bCs/>
+              <w:sz w:val="28"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidRPr="000A33D4">
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:bCs/>
+              <w:sz w:val="28"/>
+            </w:rPr>
+            <w:instrText xml:space="preserve"> NUMPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
+          </w:r>
+          <w:r w:rsidRPr="000A33D4">
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:bCs/>
+              <w:sz w:val="28"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r w:rsidRPr="000A33D4">
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:bCs/>
+              <w:noProof/>
+              <w:sz w:val="28"/>
+            </w:rPr>
+            <w:t>2</w:t>
+          </w:r>
+          <w:r w:rsidRPr="000A33D4">
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:bCs/>
+              <w:sz w:val="28"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+        </w:p>
+      </w:tc>
+    </w:tr>
+  </w:tbl>
+  <w:p w14:paraId="40444579" w14:textId="77777777" w:rsidR="00AC05B6" w:rsidRDefault="00AC05B6" w:rsidP="00430178">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="4680"/>
+        <w:tab w:val="clear" w:pos="9360"/>
+        <w:tab w:val="left" w:pos="1052"/>
+      </w:tabs>
+      <w:rPr>
+        <w:sz w:val="32"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="13">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0B6373DB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0">
-[...25 lines deleted...]
-        <w:ind w:left="809" w:hanging="214"/>
+    <w:tmpl w:val="4D88C7E2"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-us" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2">
-[...5 lines deleted...]
-        <w:ind w:left="1319" w:hanging="214"/>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="12D22C49"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2F3097D2"/>
+    <w:lvl w:ilvl="0" w:tplc="04090017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-us" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3">
-[...5 lines deleted...]
-        <w:ind w:left="1829" w:hanging="214"/>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="13445685"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1506E036"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-us" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4">
-[...5 lines deleted...]
-        <w:ind w:left="2339" w:hanging="214"/>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="147D41ED"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1506E036"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-us" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5">
-[...5 lines deleted...]
-        <w:ind w:left="2849" w:hanging="214"/>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="197270D0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C5D63824"/>
+    <w:lvl w:ilvl="0" w:tplc="04CC5AF2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:color w:val="163E70"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1DE04780"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E3D638CE"/>
+    <w:lvl w:ilvl="0" w:tplc="BABC48CC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-us" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:b/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6">
-[...5 lines deleted...]
-        <w:ind w:left="3359" w:hanging="214"/>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="21242CD0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4F6E9F56"/>
+    <w:lvl w:ilvl="0" w:tplc="04090015">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-us" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="21561F58"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5656A4FA"/>
+    <w:lvl w:ilvl="0" w:tplc="57108A5C">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="3869" w:hanging="214"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:color w:val="00AEEF"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="24910337"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="37FE94D4"/>
+    <w:lvl w:ilvl="0" w:tplc="870201F4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="596" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-us" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8">
-[...5 lines deleted...]
-        <w:ind w:left="4379" w:hanging="214"/>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1316" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2036" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2756" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3476" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4196" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4916" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5636" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6356" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="24A5046B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6F4AFDC2"/>
+    <w:lvl w:ilvl="0" w:tplc="A4C46496">
+      <w:start w:val="9"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-us" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="24F75589"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0">
-[...25 lines deleted...]
-        <w:ind w:left="611" w:hanging="209"/>
+    <w:tmpl w:val="4DD41F56"/>
+    <w:lvl w:ilvl="0" w:tplc="F35C96DE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-us" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="26B764E1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="34F04336"/>
+    <w:lvl w:ilvl="0" w:tplc="4FFE4570">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="1143" w:hanging="209"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:color w:val="00AEEF"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="27245936"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="493025AA"/>
+    <w:lvl w:ilvl="0" w:tplc="4FFE4570">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1046" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:color w:val="00AEEF"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1766" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2486" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3206" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3926" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4646" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5366" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6086" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6806" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="29C64574"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="42448FBA"/>
+    <w:lvl w:ilvl="0" w:tplc="7F0418BE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-us" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:b/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2ECE58FF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3AF64D90"/>
+    <w:lvl w:ilvl="0" w:tplc="10341078">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="1675" w:hanging="209"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:color w:val="163E70"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2F6158B6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="264EE6DA"/>
+    <w:lvl w:ilvl="0" w:tplc="CA86F6A4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:color w:val="163E70"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="31F00A63"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="16CAAE9C"/>
+    <w:lvl w:ilvl="0" w:tplc="3C3AFD00">
+      <w:start w:val="10"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-us" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:b/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="34073A5C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="797AB546"/>
+    <w:lvl w:ilvl="0" w:tplc="D8142B30">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="2207" w:hanging="209"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:color w:val="163E70"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="375F6946"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F2704F62"/>
+    <w:lvl w:ilvl="0" w:tplc="BE94B5DC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-us" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:color w:val="163E70"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5">
-[...5 lines deleted...]
-        <w:ind w:left="2739" w:hanging="209"/>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="43E444C9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4022DE5C"/>
+    <w:lvl w:ilvl="0" w:tplc="29A4D7C6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-us" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:b/>
+        <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6">
-[...5 lines deleted...]
-        <w:ind w:left="3271" w:hanging="209"/>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="441E63B5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7CD0BEB8"/>
+    <w:lvl w:ilvl="0" w:tplc="2D94D28A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="596" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-us" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1316" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2036" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2756" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3476" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4196" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4916" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5636" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6356" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4677070B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C9B229CE"/>
+    <w:lvl w:ilvl="0" w:tplc="04090005">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="3803" w:hanging="209"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1495" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2215" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2935" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3655" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4375" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5095" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5815" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6535" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7255" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4AF97EE2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4022DE5C"/>
+    <w:lvl w:ilvl="0" w:tplc="29A4D7C6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-us" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:b/>
+        <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8">
-[...5 lines deleted...]
-        <w:ind w:left="4335" w:hanging="209"/>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="504B244A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="39C467E0"/>
+    <w:lvl w:ilvl="0" w:tplc="228252F6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-us" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="56BD56AE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0">
-      <w:start w:val="0"/>
+    <w:tmpl w:val="690A27EE"/>
+    <w:lvl w:ilvl="0" w:tplc="58DEB132">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="☐"/>
-[...2 lines deleted...]
-        <w:ind w:left="299" w:hanging="214"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="MS Gothic"/>
-[...7 lines deleted...]
-        <w:lang w:val="en-us" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:color w:val="163E70"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="741" w:hanging="214"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="570B0F9E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1B9A5E88"/>
+    <w:lvl w:ilvl="0" w:tplc="1AB849A8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="695" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-us" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2">
-[...5 lines deleted...]
-        <w:ind w:left="1182" w:hanging="214"/>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1415" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2135" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2855" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3575" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4295" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5015" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5735" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6455" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="58F90607"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8406570E"/>
+    <w:lvl w:ilvl="0" w:tplc="4EFEE39C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-us" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:b/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3">
-[...5 lines deleted...]
-        <w:ind w:left="1623" w:hanging="214"/>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5D7B1257"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8406570E"/>
+    <w:lvl w:ilvl="0" w:tplc="4EFEE39C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-us" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:b/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4">
-[...5 lines deleted...]
-        <w:ind w:left="2064" w:hanging="214"/>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5E814967"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DAD26B7E"/>
+    <w:lvl w:ilvl="0" w:tplc="29A4D7C6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-us" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:b/>
+        <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5">
-[...5 lines deleted...]
-        <w:ind w:left="2505" w:hanging="214"/>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="611954AC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A492EDC2"/>
+    <w:lvl w:ilvl="0" w:tplc="B5F4CCFC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="775" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-us" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1495" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2215" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2935" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3655" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4375" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5095" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5815" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6535" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="61456BE5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9F9EFD9A"/>
+    <w:lvl w:ilvl="0" w:tplc="A2D0ACF4">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="2946" w:hanging="214"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:color w:val="163E70"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6A6C76E7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F79A6ACA"/>
+    <w:lvl w:ilvl="0" w:tplc="5E16E586">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="785" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-us" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7">
-[...5 lines deleted...]
-        <w:ind w:left="3387" w:hanging="214"/>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1505" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2225" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2945" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3665" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4385" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5105" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5825" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6545" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6D616D1B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F79A6ACA"/>
+    <w:lvl w:ilvl="0" w:tplc="5E16E586">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="785" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-us" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8">
-[...5 lines deleted...]
-        <w:ind w:left="3828" w:hanging="214"/>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1505" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2225" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2945" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3665" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4385" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5105" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5825" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6545" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7065196F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="447E200C"/>
+    <w:lvl w:ilvl="0" w:tplc="78BC3540">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="686" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-us" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1406" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2126" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2846" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3566" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4286" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5006" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5726" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6446" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="72271683"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0">
-      <w:start w:val="0"/>
+    <w:tmpl w:val="03E83A1C"/>
+    <w:lvl w:ilvl="0" w:tplc="4FFE4570">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="☐"/>
-[...2 lines deleted...]
-        <w:ind w:left="86" w:hanging="209"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="MS Gothic"/>
-[...7 lines deleted...]
-        <w:lang w:val="en-us" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:color w:val="00AEEF"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="78814292"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6A104624"/>
+    <w:lvl w:ilvl="0" w:tplc="2198406A">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="543" w:hanging="209"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-us" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:color w:val="163E70"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="1006" w:hanging="209"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-us" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="1469" w:hanging="209"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-us" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="1932" w:hanging="209"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-us" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="2395" w:hanging="209"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-us" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="2858" w:hanging="209"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-us" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="3321" w:hanging="209"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-us" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="3784" w:hanging="209"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-us" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9">
-[...1307 lines deleted...]
-  </w:num>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="35"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="13">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="14">
+    <w:abstractNumId w:val="34"/>
+  </w:num>
+  <w:num w:numId="15">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="16">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="17">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="18">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="19">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="20">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="21">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="22">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="23">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="24">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="25">
+    <w:abstractNumId w:val="33"/>
+  </w:num>
+  <w:num w:numId="26">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="27">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="28">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="29">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="30">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="31">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="32">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="33">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="34">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="35">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="36">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:numIdMacAtCleanup w:val="18"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:attachedTemplate r:id="rId1"/>
+  <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
-  <w:drawingGridHorizontalSpacing w:val="110"/>
-  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+  </w:hdrShapeDefaults>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
-    <w:ulTrailSpace/>
-[...2 lines deleted...]
-    <w:compatSetting w:val="14" w:uri="http://schemas.microsoft.com/office/word" w:name="compatibilityMode"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="000F253B"/>
+    <w:rsid w:val="00002AE6"/>
+    <w:rsid w:val="00006828"/>
+    <w:rsid w:val="00006E54"/>
+    <w:rsid w:val="00012B25"/>
+    <w:rsid w:val="0001355A"/>
+    <w:rsid w:val="0001374E"/>
+    <w:rsid w:val="00021298"/>
+    <w:rsid w:val="000256D8"/>
+    <w:rsid w:val="000335BE"/>
+    <w:rsid w:val="00035005"/>
+    <w:rsid w:val="00043033"/>
+    <w:rsid w:val="00043736"/>
+    <w:rsid w:val="000446FD"/>
+    <w:rsid w:val="00047B84"/>
+    <w:rsid w:val="00047F4C"/>
+    <w:rsid w:val="00056076"/>
+    <w:rsid w:val="000567DC"/>
+    <w:rsid w:val="00057078"/>
+    <w:rsid w:val="00062041"/>
+    <w:rsid w:val="00063476"/>
+    <w:rsid w:val="00065CF7"/>
+    <w:rsid w:val="0007332E"/>
+    <w:rsid w:val="00075CA0"/>
+    <w:rsid w:val="000813F2"/>
+    <w:rsid w:val="000814C1"/>
+    <w:rsid w:val="000815E4"/>
+    <w:rsid w:val="00082824"/>
+    <w:rsid w:val="00084761"/>
+    <w:rsid w:val="00085AD1"/>
+    <w:rsid w:val="00092802"/>
+    <w:rsid w:val="00096F9A"/>
+    <w:rsid w:val="000978AF"/>
+    <w:rsid w:val="000A03BF"/>
+    <w:rsid w:val="000A2DE4"/>
+    <w:rsid w:val="000A33D4"/>
+    <w:rsid w:val="000A381B"/>
+    <w:rsid w:val="000A4FBB"/>
+    <w:rsid w:val="000A62AE"/>
+    <w:rsid w:val="000B0761"/>
+    <w:rsid w:val="000B2E5A"/>
+    <w:rsid w:val="000B3701"/>
+    <w:rsid w:val="000C2364"/>
+    <w:rsid w:val="000C2DF6"/>
+    <w:rsid w:val="000C435E"/>
+    <w:rsid w:val="000C6820"/>
+    <w:rsid w:val="000C7826"/>
+    <w:rsid w:val="000D0BD8"/>
+    <w:rsid w:val="000D5448"/>
+    <w:rsid w:val="000D5595"/>
+    <w:rsid w:val="000D7554"/>
+    <w:rsid w:val="000E003B"/>
+    <w:rsid w:val="000E08CB"/>
+    <w:rsid w:val="000E18DD"/>
+    <w:rsid w:val="000E78BD"/>
+    <w:rsid w:val="000E78C0"/>
+    <w:rsid w:val="000F0FCA"/>
+    <w:rsid w:val="000F2432"/>
+    <w:rsid w:val="000F253B"/>
+    <w:rsid w:val="000F5E49"/>
+    <w:rsid w:val="00100BD0"/>
+    <w:rsid w:val="00101CE1"/>
+    <w:rsid w:val="0010334C"/>
+    <w:rsid w:val="00105731"/>
+    <w:rsid w:val="00106033"/>
+    <w:rsid w:val="00107542"/>
+    <w:rsid w:val="00107785"/>
+    <w:rsid w:val="00111100"/>
+    <w:rsid w:val="00111ACE"/>
+    <w:rsid w:val="00117A5C"/>
+    <w:rsid w:val="00122AF5"/>
+    <w:rsid w:val="001233D2"/>
+    <w:rsid w:val="00123FD9"/>
+    <w:rsid w:val="001244F3"/>
+    <w:rsid w:val="00124EDB"/>
+    <w:rsid w:val="00125876"/>
+    <w:rsid w:val="001304C0"/>
+    <w:rsid w:val="001328C6"/>
+    <w:rsid w:val="00133702"/>
+    <w:rsid w:val="00141224"/>
+    <w:rsid w:val="001423CB"/>
+    <w:rsid w:val="001449CB"/>
+    <w:rsid w:val="001463B7"/>
+    <w:rsid w:val="00146A1C"/>
+    <w:rsid w:val="00150A27"/>
+    <w:rsid w:val="00151FA3"/>
+    <w:rsid w:val="001537BE"/>
+    <w:rsid w:val="00154CC3"/>
+    <w:rsid w:val="00161C35"/>
+    <w:rsid w:val="00161E84"/>
+    <w:rsid w:val="00163DEE"/>
+    <w:rsid w:val="001674A5"/>
+    <w:rsid w:val="00170AC6"/>
+    <w:rsid w:val="00174AD8"/>
+    <w:rsid w:val="001755EF"/>
+    <w:rsid w:val="00175D01"/>
+    <w:rsid w:val="001778A2"/>
+    <w:rsid w:val="001804AE"/>
+    <w:rsid w:val="0018110B"/>
+    <w:rsid w:val="00182B25"/>
+    <w:rsid w:val="00184D29"/>
+    <w:rsid w:val="0018536E"/>
+    <w:rsid w:val="001871E5"/>
+    <w:rsid w:val="0019087F"/>
+    <w:rsid w:val="00192594"/>
+    <w:rsid w:val="00193A3D"/>
+    <w:rsid w:val="00194452"/>
+    <w:rsid w:val="0019562A"/>
+    <w:rsid w:val="00196ABC"/>
+    <w:rsid w:val="00197614"/>
+    <w:rsid w:val="00197F29"/>
+    <w:rsid w:val="001A18F8"/>
+    <w:rsid w:val="001A27E4"/>
+    <w:rsid w:val="001A5900"/>
+    <w:rsid w:val="001B3884"/>
+    <w:rsid w:val="001B3915"/>
+    <w:rsid w:val="001B6340"/>
+    <w:rsid w:val="001C067B"/>
+    <w:rsid w:val="001C12CD"/>
+    <w:rsid w:val="001C1410"/>
+    <w:rsid w:val="001C4D4A"/>
+    <w:rsid w:val="001D00E2"/>
+    <w:rsid w:val="001D04EA"/>
+    <w:rsid w:val="001D1DB5"/>
+    <w:rsid w:val="001D3CC0"/>
+    <w:rsid w:val="001D7E6E"/>
+    <w:rsid w:val="001E00B2"/>
+    <w:rsid w:val="001E0551"/>
+    <w:rsid w:val="001E1242"/>
+    <w:rsid w:val="001E1B58"/>
+    <w:rsid w:val="001E31F3"/>
+    <w:rsid w:val="001E3886"/>
+    <w:rsid w:val="001E6E69"/>
+    <w:rsid w:val="001F0453"/>
+    <w:rsid w:val="001F1593"/>
+    <w:rsid w:val="001F268A"/>
+    <w:rsid w:val="001F3EE9"/>
+    <w:rsid w:val="001F72D2"/>
+    <w:rsid w:val="001F7373"/>
+    <w:rsid w:val="001F750A"/>
+    <w:rsid w:val="00200118"/>
+    <w:rsid w:val="0020065D"/>
+    <w:rsid w:val="0020298E"/>
+    <w:rsid w:val="00202AB6"/>
+    <w:rsid w:val="0020617C"/>
+    <w:rsid w:val="0021061A"/>
+    <w:rsid w:val="0021280D"/>
+    <w:rsid w:val="00214A19"/>
+    <w:rsid w:val="002161A2"/>
+    <w:rsid w:val="002201A5"/>
+    <w:rsid w:val="00220226"/>
+    <w:rsid w:val="00223C8C"/>
+    <w:rsid w:val="00230258"/>
+    <w:rsid w:val="00233D82"/>
+    <w:rsid w:val="002377CE"/>
+    <w:rsid w:val="00237E24"/>
+    <w:rsid w:val="00243043"/>
+    <w:rsid w:val="00243769"/>
+    <w:rsid w:val="002449DA"/>
+    <w:rsid w:val="00245421"/>
+    <w:rsid w:val="00245C48"/>
+    <w:rsid w:val="00246537"/>
+    <w:rsid w:val="00250546"/>
+    <w:rsid w:val="00251D4E"/>
+    <w:rsid w:val="002525AA"/>
+    <w:rsid w:val="0025339B"/>
+    <w:rsid w:val="0025480A"/>
+    <w:rsid w:val="00255880"/>
+    <w:rsid w:val="002579E2"/>
+    <w:rsid w:val="00262EE9"/>
+    <w:rsid w:val="00263B03"/>
+    <w:rsid w:val="00265274"/>
+    <w:rsid w:val="0026576F"/>
+    <w:rsid w:val="00267A66"/>
+    <w:rsid w:val="00271221"/>
+    <w:rsid w:val="0027313C"/>
+    <w:rsid w:val="00273AE0"/>
+    <w:rsid w:val="002752F8"/>
+    <w:rsid w:val="00275480"/>
+    <w:rsid w:val="002764D2"/>
+    <w:rsid w:val="00277807"/>
+    <w:rsid w:val="00277AB4"/>
+    <w:rsid w:val="002807E8"/>
+    <w:rsid w:val="002819DE"/>
+    <w:rsid w:val="0028222E"/>
+    <w:rsid w:val="00282E02"/>
+    <w:rsid w:val="002834DD"/>
+    <w:rsid w:val="00284173"/>
+    <w:rsid w:val="002845AF"/>
+    <w:rsid w:val="002845FB"/>
+    <w:rsid w:val="00286855"/>
+    <w:rsid w:val="002869C3"/>
+    <w:rsid w:val="00292025"/>
+    <w:rsid w:val="002940FB"/>
+    <w:rsid w:val="00295134"/>
+    <w:rsid w:val="002973EC"/>
+    <w:rsid w:val="002A2435"/>
+    <w:rsid w:val="002A5F15"/>
+    <w:rsid w:val="002A62B3"/>
+    <w:rsid w:val="002B0794"/>
+    <w:rsid w:val="002B0CF2"/>
+    <w:rsid w:val="002B160B"/>
+    <w:rsid w:val="002B2139"/>
+    <w:rsid w:val="002B7100"/>
+    <w:rsid w:val="002C1F85"/>
+    <w:rsid w:val="002C1FC0"/>
+    <w:rsid w:val="002C2599"/>
+    <w:rsid w:val="002C3D7F"/>
+    <w:rsid w:val="002C6145"/>
+    <w:rsid w:val="002C6406"/>
+    <w:rsid w:val="002C7B74"/>
+    <w:rsid w:val="002C7F67"/>
+    <w:rsid w:val="002D0F31"/>
+    <w:rsid w:val="002D0F5F"/>
+    <w:rsid w:val="002D6085"/>
+    <w:rsid w:val="002F30BB"/>
+    <w:rsid w:val="002F35E3"/>
+    <w:rsid w:val="002F48F4"/>
+    <w:rsid w:val="002F4E9B"/>
+    <w:rsid w:val="002F60B0"/>
+    <w:rsid w:val="002F64A0"/>
+    <w:rsid w:val="00301594"/>
+    <w:rsid w:val="00302D01"/>
+    <w:rsid w:val="00303E5A"/>
+    <w:rsid w:val="003040EC"/>
+    <w:rsid w:val="00304228"/>
+    <w:rsid w:val="003049F2"/>
+    <w:rsid w:val="00306D71"/>
+    <w:rsid w:val="0031072F"/>
+    <w:rsid w:val="003107DF"/>
+    <w:rsid w:val="0031365F"/>
+    <w:rsid w:val="00314A89"/>
+    <w:rsid w:val="00315463"/>
+    <w:rsid w:val="003167D5"/>
+    <w:rsid w:val="00322992"/>
+    <w:rsid w:val="00323208"/>
+    <w:rsid w:val="00325019"/>
+    <w:rsid w:val="00325C19"/>
+    <w:rsid w:val="00326397"/>
+    <w:rsid w:val="00340A55"/>
+    <w:rsid w:val="00342F01"/>
+    <w:rsid w:val="003456B2"/>
+    <w:rsid w:val="00345FE8"/>
+    <w:rsid w:val="00350198"/>
+    <w:rsid w:val="00350BCA"/>
+    <w:rsid w:val="00350F77"/>
+    <w:rsid w:val="0035190C"/>
+    <w:rsid w:val="0035299D"/>
+    <w:rsid w:val="00352E35"/>
+    <w:rsid w:val="00354D42"/>
+    <w:rsid w:val="00361641"/>
+    <w:rsid w:val="003639E7"/>
+    <w:rsid w:val="00364747"/>
+    <w:rsid w:val="003653B5"/>
+    <w:rsid w:val="003668E9"/>
+    <w:rsid w:val="00370408"/>
+    <w:rsid w:val="00372F6D"/>
+    <w:rsid w:val="003747D1"/>
+    <w:rsid w:val="00375B0B"/>
+    <w:rsid w:val="00377460"/>
+    <w:rsid w:val="00380610"/>
+    <w:rsid w:val="003807F6"/>
+    <w:rsid w:val="00380C7A"/>
+    <w:rsid w:val="00381A85"/>
+    <w:rsid w:val="003822BB"/>
+    <w:rsid w:val="00385237"/>
+    <w:rsid w:val="0038615E"/>
+    <w:rsid w:val="00390C5D"/>
+    <w:rsid w:val="003913A0"/>
+    <w:rsid w:val="00391EBD"/>
+    <w:rsid w:val="003920E6"/>
+    <w:rsid w:val="00392547"/>
+    <w:rsid w:val="003927ED"/>
+    <w:rsid w:val="00392B88"/>
+    <w:rsid w:val="00394E36"/>
+    <w:rsid w:val="00395613"/>
+    <w:rsid w:val="00395A3D"/>
+    <w:rsid w:val="00396DD8"/>
+    <w:rsid w:val="00397A2D"/>
+    <w:rsid w:val="003A0E5E"/>
+    <w:rsid w:val="003A1D85"/>
+    <w:rsid w:val="003A2B18"/>
+    <w:rsid w:val="003A5308"/>
+    <w:rsid w:val="003A654A"/>
+    <w:rsid w:val="003A6746"/>
+    <w:rsid w:val="003B1E90"/>
+    <w:rsid w:val="003B46D2"/>
+    <w:rsid w:val="003B52A8"/>
+    <w:rsid w:val="003B536E"/>
+    <w:rsid w:val="003B5675"/>
+    <w:rsid w:val="003B5D93"/>
+    <w:rsid w:val="003B6333"/>
+    <w:rsid w:val="003B63AE"/>
+    <w:rsid w:val="003C1F4A"/>
+    <w:rsid w:val="003C3229"/>
+    <w:rsid w:val="003C3E6B"/>
+    <w:rsid w:val="003C5F25"/>
+    <w:rsid w:val="003D0B07"/>
+    <w:rsid w:val="003D1D36"/>
+    <w:rsid w:val="003D4583"/>
+    <w:rsid w:val="003D55D0"/>
+    <w:rsid w:val="003D609D"/>
+    <w:rsid w:val="003E0D59"/>
+    <w:rsid w:val="003E1303"/>
+    <w:rsid w:val="003E241F"/>
+    <w:rsid w:val="003E7DCB"/>
+    <w:rsid w:val="003E7E12"/>
+    <w:rsid w:val="003F18A5"/>
+    <w:rsid w:val="003F5AFD"/>
+    <w:rsid w:val="00402CD9"/>
+    <w:rsid w:val="00404421"/>
+    <w:rsid w:val="0040480F"/>
+    <w:rsid w:val="0040487B"/>
+    <w:rsid w:val="0040498C"/>
+    <w:rsid w:val="004061DD"/>
+    <w:rsid w:val="00407CB2"/>
+    <w:rsid w:val="00412159"/>
+    <w:rsid w:val="004140EE"/>
+    <w:rsid w:val="0041594A"/>
+    <w:rsid w:val="0042159D"/>
+    <w:rsid w:val="00430178"/>
+    <w:rsid w:val="00430B57"/>
+    <w:rsid w:val="00431988"/>
+    <w:rsid w:val="0043210F"/>
+    <w:rsid w:val="00436734"/>
+    <w:rsid w:val="00441DE2"/>
+    <w:rsid w:val="00441DF4"/>
+    <w:rsid w:val="004444E2"/>
+    <w:rsid w:val="0044758A"/>
+    <w:rsid w:val="00447D4B"/>
+    <w:rsid w:val="00451B20"/>
+    <w:rsid w:val="004535C2"/>
+    <w:rsid w:val="00456CFE"/>
+    <w:rsid w:val="00461159"/>
+    <w:rsid w:val="00461B97"/>
+    <w:rsid w:val="0046286E"/>
+    <w:rsid w:val="004629B0"/>
+    <w:rsid w:val="00465FD9"/>
+    <w:rsid w:val="0046744C"/>
+    <w:rsid w:val="00470F96"/>
+    <w:rsid w:val="00471014"/>
+    <w:rsid w:val="004740A1"/>
+    <w:rsid w:val="00475001"/>
+    <w:rsid w:val="00475995"/>
+    <w:rsid w:val="0047612C"/>
+    <w:rsid w:val="004768D5"/>
+    <w:rsid w:val="00480394"/>
+    <w:rsid w:val="00486D17"/>
+    <w:rsid w:val="00487A4A"/>
+    <w:rsid w:val="00487E18"/>
+    <w:rsid w:val="00490185"/>
+    <w:rsid w:val="0049144B"/>
+    <w:rsid w:val="0049148E"/>
+    <w:rsid w:val="00491614"/>
+    <w:rsid w:val="0049162A"/>
+    <w:rsid w:val="004919FE"/>
+    <w:rsid w:val="00492056"/>
+    <w:rsid w:val="00494419"/>
+    <w:rsid w:val="004A058B"/>
+    <w:rsid w:val="004A059D"/>
+    <w:rsid w:val="004A1367"/>
+    <w:rsid w:val="004A4BBA"/>
+    <w:rsid w:val="004A51F6"/>
+    <w:rsid w:val="004A6D38"/>
+    <w:rsid w:val="004B3B84"/>
+    <w:rsid w:val="004B7930"/>
+    <w:rsid w:val="004C1782"/>
+    <w:rsid w:val="004C1D4C"/>
+    <w:rsid w:val="004C3F27"/>
+    <w:rsid w:val="004C7550"/>
+    <w:rsid w:val="004D1645"/>
+    <w:rsid w:val="004D4ED2"/>
+    <w:rsid w:val="004D51C6"/>
+    <w:rsid w:val="004D7141"/>
+    <w:rsid w:val="004E577C"/>
+    <w:rsid w:val="004F010D"/>
+    <w:rsid w:val="004F3A43"/>
+    <w:rsid w:val="004F6C8C"/>
+    <w:rsid w:val="004F7EC1"/>
+    <w:rsid w:val="00501B49"/>
+    <w:rsid w:val="00502B67"/>
+    <w:rsid w:val="00506BB0"/>
+    <w:rsid w:val="00511189"/>
+    <w:rsid w:val="00511BCD"/>
+    <w:rsid w:val="005124BF"/>
+    <w:rsid w:val="00516DE5"/>
+    <w:rsid w:val="00520E50"/>
+    <w:rsid w:val="00520F38"/>
+    <w:rsid w:val="00521C20"/>
+    <w:rsid w:val="005228F0"/>
+    <w:rsid w:val="00526B0B"/>
+    <w:rsid w:val="00530A1B"/>
+    <w:rsid w:val="00536483"/>
+    <w:rsid w:val="0053660D"/>
+    <w:rsid w:val="005424CF"/>
+    <w:rsid w:val="005428D3"/>
+    <w:rsid w:val="005470C2"/>
+    <w:rsid w:val="00551D8E"/>
+    <w:rsid w:val="00551F43"/>
+    <w:rsid w:val="00552EED"/>
+    <w:rsid w:val="00553DC8"/>
+    <w:rsid w:val="00564E2B"/>
+    <w:rsid w:val="00565685"/>
+    <w:rsid w:val="005676CC"/>
+    <w:rsid w:val="00570006"/>
+    <w:rsid w:val="00570B6C"/>
+    <w:rsid w:val="005728DC"/>
+    <w:rsid w:val="00575273"/>
+    <w:rsid w:val="00575991"/>
+    <w:rsid w:val="00577544"/>
+    <w:rsid w:val="005819F1"/>
+    <w:rsid w:val="00583A08"/>
+    <w:rsid w:val="00586109"/>
+    <w:rsid w:val="00593E9C"/>
+    <w:rsid w:val="005942B3"/>
+    <w:rsid w:val="00595EC8"/>
+    <w:rsid w:val="00596CB6"/>
+    <w:rsid w:val="0059761E"/>
+    <w:rsid w:val="005A0FE9"/>
+    <w:rsid w:val="005A199B"/>
+    <w:rsid w:val="005A24C9"/>
+    <w:rsid w:val="005A3FEE"/>
+    <w:rsid w:val="005A4C73"/>
+    <w:rsid w:val="005A599C"/>
+    <w:rsid w:val="005A7531"/>
+    <w:rsid w:val="005B1729"/>
+    <w:rsid w:val="005B5212"/>
+    <w:rsid w:val="005B75DA"/>
+    <w:rsid w:val="005B7B34"/>
+    <w:rsid w:val="005C04FA"/>
+    <w:rsid w:val="005D0C5B"/>
+    <w:rsid w:val="005D335B"/>
+    <w:rsid w:val="005E1054"/>
+    <w:rsid w:val="005E23F2"/>
+    <w:rsid w:val="005E3405"/>
+    <w:rsid w:val="005E4194"/>
+    <w:rsid w:val="005E4CF4"/>
+    <w:rsid w:val="005E4E50"/>
+    <w:rsid w:val="005E6A73"/>
+    <w:rsid w:val="005F0974"/>
+    <w:rsid w:val="005F1033"/>
+    <w:rsid w:val="005F1449"/>
+    <w:rsid w:val="005F2AB0"/>
+    <w:rsid w:val="005F5D36"/>
+    <w:rsid w:val="006008DE"/>
+    <w:rsid w:val="0060295D"/>
+    <w:rsid w:val="00603666"/>
+    <w:rsid w:val="00605787"/>
+    <w:rsid w:val="00607564"/>
+    <w:rsid w:val="006105BD"/>
+    <w:rsid w:val="00611560"/>
+    <w:rsid w:val="006125EE"/>
+    <w:rsid w:val="00612904"/>
+    <w:rsid w:val="006138F2"/>
+    <w:rsid w:val="006154D9"/>
+    <w:rsid w:val="00617DED"/>
+    <w:rsid w:val="006216E1"/>
+    <w:rsid w:val="006257E6"/>
+    <w:rsid w:val="006326E0"/>
+    <w:rsid w:val="006356F6"/>
+    <w:rsid w:val="00642654"/>
+    <w:rsid w:val="006445ED"/>
+    <w:rsid w:val="00644F27"/>
+    <w:rsid w:val="00646293"/>
+    <w:rsid w:val="00646F4C"/>
+    <w:rsid w:val="00651E53"/>
+    <w:rsid w:val="00655F24"/>
+    <w:rsid w:val="00667819"/>
+    <w:rsid w:val="00667F62"/>
+    <w:rsid w:val="00670B44"/>
+    <w:rsid w:val="0067165A"/>
+    <w:rsid w:val="00671694"/>
+    <w:rsid w:val="00671723"/>
+    <w:rsid w:val="00671FF0"/>
+    <w:rsid w:val="00672096"/>
+    <w:rsid w:val="00673366"/>
+    <w:rsid w:val="006800CC"/>
+    <w:rsid w:val="006813B0"/>
+    <w:rsid w:val="00683069"/>
+    <w:rsid w:val="00683795"/>
+    <w:rsid w:val="006838FB"/>
+    <w:rsid w:val="0068628C"/>
+    <w:rsid w:val="00690564"/>
+    <w:rsid w:val="00690A97"/>
+    <w:rsid w:val="00692F0C"/>
+    <w:rsid w:val="00693B44"/>
+    <w:rsid w:val="006965DF"/>
+    <w:rsid w:val="00696D69"/>
+    <w:rsid w:val="00696F63"/>
+    <w:rsid w:val="006A3453"/>
+    <w:rsid w:val="006A4C26"/>
+    <w:rsid w:val="006A555D"/>
+    <w:rsid w:val="006A700F"/>
+    <w:rsid w:val="006B04C4"/>
+    <w:rsid w:val="006B50BC"/>
+    <w:rsid w:val="006B53A2"/>
+    <w:rsid w:val="006B64ED"/>
+    <w:rsid w:val="006B6665"/>
+    <w:rsid w:val="006B739D"/>
+    <w:rsid w:val="006C1634"/>
+    <w:rsid w:val="006C2A76"/>
+    <w:rsid w:val="006C3157"/>
+    <w:rsid w:val="006C31FE"/>
+    <w:rsid w:val="006C3229"/>
+    <w:rsid w:val="006C6A64"/>
+    <w:rsid w:val="006D4864"/>
+    <w:rsid w:val="006E0DBD"/>
+    <w:rsid w:val="006E46F4"/>
+    <w:rsid w:val="006E4FA4"/>
+    <w:rsid w:val="006E6AFC"/>
+    <w:rsid w:val="006F2805"/>
+    <w:rsid w:val="007011F0"/>
+    <w:rsid w:val="0070314C"/>
+    <w:rsid w:val="00703490"/>
+    <w:rsid w:val="00704110"/>
+    <w:rsid w:val="00704956"/>
+    <w:rsid w:val="007108E8"/>
+    <w:rsid w:val="00711DEB"/>
+    <w:rsid w:val="00714111"/>
+    <w:rsid w:val="007142F8"/>
+    <w:rsid w:val="007146E5"/>
+    <w:rsid w:val="00715686"/>
+    <w:rsid w:val="007172C2"/>
+    <w:rsid w:val="0072226A"/>
+    <w:rsid w:val="00725FAC"/>
+    <w:rsid w:val="00727B49"/>
+    <w:rsid w:val="00731467"/>
+    <w:rsid w:val="00732C41"/>
+    <w:rsid w:val="00733A47"/>
+    <w:rsid w:val="0073426F"/>
+    <w:rsid w:val="00737567"/>
+    <w:rsid w:val="00742F27"/>
+    <w:rsid w:val="0074370F"/>
+    <w:rsid w:val="00743A67"/>
+    <w:rsid w:val="00743E9A"/>
+    <w:rsid w:val="00744BDF"/>
+    <w:rsid w:val="00746076"/>
+    <w:rsid w:val="007476E9"/>
+    <w:rsid w:val="00750B89"/>
+    <w:rsid w:val="00753D38"/>
+    <w:rsid w:val="00765077"/>
+    <w:rsid w:val="007702C1"/>
+    <w:rsid w:val="00771B38"/>
+    <w:rsid w:val="00772565"/>
+    <w:rsid w:val="00773206"/>
+    <w:rsid w:val="007748E8"/>
+    <w:rsid w:val="00775313"/>
+    <w:rsid w:val="00777C15"/>
+    <w:rsid w:val="00782182"/>
+    <w:rsid w:val="007830DD"/>
+    <w:rsid w:val="00784083"/>
+    <w:rsid w:val="007859D1"/>
+    <w:rsid w:val="00786A5D"/>
+    <w:rsid w:val="007946AD"/>
+    <w:rsid w:val="00795D83"/>
+    <w:rsid w:val="007963F5"/>
+    <w:rsid w:val="007A127C"/>
+    <w:rsid w:val="007A14F5"/>
+    <w:rsid w:val="007A2E42"/>
+    <w:rsid w:val="007A74C5"/>
+    <w:rsid w:val="007B086E"/>
+    <w:rsid w:val="007B090E"/>
+    <w:rsid w:val="007B1A63"/>
+    <w:rsid w:val="007B572B"/>
+    <w:rsid w:val="007B5D24"/>
+    <w:rsid w:val="007B64F2"/>
+    <w:rsid w:val="007B6B42"/>
+    <w:rsid w:val="007B7E36"/>
+    <w:rsid w:val="007C0F66"/>
+    <w:rsid w:val="007C1BA9"/>
+    <w:rsid w:val="007C2490"/>
+    <w:rsid w:val="007C2C0C"/>
+    <w:rsid w:val="007C393E"/>
+    <w:rsid w:val="007C5FFA"/>
+    <w:rsid w:val="007D01D5"/>
+    <w:rsid w:val="007D187A"/>
+    <w:rsid w:val="007D39D6"/>
+    <w:rsid w:val="007D4147"/>
+    <w:rsid w:val="007D4B0C"/>
+    <w:rsid w:val="007D7B72"/>
+    <w:rsid w:val="007D7EA8"/>
+    <w:rsid w:val="007E18F2"/>
+    <w:rsid w:val="007E3FFF"/>
+    <w:rsid w:val="007E53CA"/>
+    <w:rsid w:val="007E6C91"/>
+    <w:rsid w:val="007E7B71"/>
+    <w:rsid w:val="007F09D4"/>
+    <w:rsid w:val="007F1132"/>
+    <w:rsid w:val="007F4DBE"/>
+    <w:rsid w:val="007F7162"/>
+    <w:rsid w:val="007F7EBE"/>
+    <w:rsid w:val="00800BE2"/>
+    <w:rsid w:val="008026F3"/>
+    <w:rsid w:val="00802884"/>
+    <w:rsid w:val="008046AF"/>
+    <w:rsid w:val="00804960"/>
+    <w:rsid w:val="00804EA2"/>
+    <w:rsid w:val="0080539D"/>
+    <w:rsid w:val="00807844"/>
+    <w:rsid w:val="00807B90"/>
+    <w:rsid w:val="00811E99"/>
+    <w:rsid w:val="00815C2A"/>
+    <w:rsid w:val="00821B0A"/>
+    <w:rsid w:val="00821E8F"/>
+    <w:rsid w:val="00822639"/>
+    <w:rsid w:val="00823461"/>
+    <w:rsid w:val="008252CB"/>
+    <w:rsid w:val="00825942"/>
+    <w:rsid w:val="00825A74"/>
+    <w:rsid w:val="00826201"/>
+    <w:rsid w:val="00826B97"/>
+    <w:rsid w:val="008272B2"/>
+    <w:rsid w:val="008317FF"/>
+    <w:rsid w:val="00833B4B"/>
+    <w:rsid w:val="00833D62"/>
+    <w:rsid w:val="008341E7"/>
+    <w:rsid w:val="0083551A"/>
+    <w:rsid w:val="008439ED"/>
+    <w:rsid w:val="00846A0C"/>
+    <w:rsid w:val="00846EE6"/>
+    <w:rsid w:val="008560BB"/>
+    <w:rsid w:val="00864D22"/>
+    <w:rsid w:val="0086579F"/>
+    <w:rsid w:val="0086772B"/>
+    <w:rsid w:val="008767E2"/>
+    <w:rsid w:val="00881753"/>
+    <w:rsid w:val="00882534"/>
+    <w:rsid w:val="00891AFE"/>
+    <w:rsid w:val="00893362"/>
+    <w:rsid w:val="00894564"/>
+    <w:rsid w:val="008A269D"/>
+    <w:rsid w:val="008A64A2"/>
+    <w:rsid w:val="008A6791"/>
+    <w:rsid w:val="008A7181"/>
+    <w:rsid w:val="008B084E"/>
+    <w:rsid w:val="008B136D"/>
+    <w:rsid w:val="008B4217"/>
+    <w:rsid w:val="008B5474"/>
+    <w:rsid w:val="008B60A5"/>
+    <w:rsid w:val="008B6507"/>
+    <w:rsid w:val="008B7528"/>
+    <w:rsid w:val="008B7F2C"/>
+    <w:rsid w:val="008C0628"/>
+    <w:rsid w:val="008C1BE9"/>
+    <w:rsid w:val="008C1D04"/>
+    <w:rsid w:val="008C65E0"/>
+    <w:rsid w:val="008D0D2E"/>
+    <w:rsid w:val="008D192F"/>
+    <w:rsid w:val="008D295B"/>
+    <w:rsid w:val="008D4BA3"/>
+    <w:rsid w:val="008D6EEC"/>
+    <w:rsid w:val="008E0205"/>
+    <w:rsid w:val="008E2E81"/>
+    <w:rsid w:val="008E52C3"/>
+    <w:rsid w:val="008E7D6C"/>
+    <w:rsid w:val="008F0574"/>
+    <w:rsid w:val="008F2866"/>
+    <w:rsid w:val="008F2CB3"/>
+    <w:rsid w:val="0090050A"/>
+    <w:rsid w:val="009022C5"/>
+    <w:rsid w:val="0090540C"/>
+    <w:rsid w:val="00906007"/>
+    <w:rsid w:val="0090726F"/>
+    <w:rsid w:val="009130FD"/>
+    <w:rsid w:val="0091420B"/>
+    <w:rsid w:val="00914895"/>
+    <w:rsid w:val="00914C22"/>
+    <w:rsid w:val="0091762D"/>
+    <w:rsid w:val="009204DC"/>
+    <w:rsid w:val="00921803"/>
+    <w:rsid w:val="00924E54"/>
+    <w:rsid w:val="00925280"/>
+    <w:rsid w:val="0092607B"/>
+    <w:rsid w:val="0093008F"/>
+    <w:rsid w:val="009307E8"/>
+    <w:rsid w:val="0093128C"/>
+    <w:rsid w:val="00933122"/>
+    <w:rsid w:val="0093477B"/>
+    <w:rsid w:val="00937B01"/>
+    <w:rsid w:val="0094445F"/>
+    <w:rsid w:val="00945B84"/>
+    <w:rsid w:val="00947CB4"/>
+    <w:rsid w:val="0095325F"/>
+    <w:rsid w:val="009617D0"/>
+    <w:rsid w:val="009626AA"/>
+    <w:rsid w:val="00964A39"/>
+    <w:rsid w:val="00964C1D"/>
+    <w:rsid w:val="00965F67"/>
+    <w:rsid w:val="00966205"/>
+    <w:rsid w:val="00971257"/>
+    <w:rsid w:val="0097141A"/>
+    <w:rsid w:val="00972358"/>
+    <w:rsid w:val="009725E0"/>
+    <w:rsid w:val="00975E90"/>
+    <w:rsid w:val="00976FFA"/>
+    <w:rsid w:val="00983075"/>
+    <w:rsid w:val="00983527"/>
+    <w:rsid w:val="00984152"/>
+    <w:rsid w:val="00986078"/>
+    <w:rsid w:val="009879AE"/>
+    <w:rsid w:val="0099537F"/>
+    <w:rsid w:val="009966E8"/>
+    <w:rsid w:val="00996F6C"/>
+    <w:rsid w:val="009A0F96"/>
+    <w:rsid w:val="009A249D"/>
+    <w:rsid w:val="009A2748"/>
+    <w:rsid w:val="009A2949"/>
+    <w:rsid w:val="009B0E70"/>
+    <w:rsid w:val="009B4128"/>
+    <w:rsid w:val="009B4915"/>
+    <w:rsid w:val="009C00A2"/>
+    <w:rsid w:val="009C045E"/>
+    <w:rsid w:val="009C7658"/>
+    <w:rsid w:val="009C7917"/>
+    <w:rsid w:val="009C7B01"/>
+    <w:rsid w:val="009D1806"/>
+    <w:rsid w:val="009D29B1"/>
+    <w:rsid w:val="009D3E06"/>
+    <w:rsid w:val="009D5497"/>
+    <w:rsid w:val="009D6064"/>
+    <w:rsid w:val="009E0399"/>
+    <w:rsid w:val="009E15AE"/>
+    <w:rsid w:val="009E31A1"/>
+    <w:rsid w:val="009E331F"/>
+    <w:rsid w:val="009E7088"/>
+    <w:rsid w:val="009F2033"/>
+    <w:rsid w:val="009F3BC9"/>
+    <w:rsid w:val="009F6CA5"/>
+    <w:rsid w:val="009F6DE6"/>
+    <w:rsid w:val="00A007B1"/>
+    <w:rsid w:val="00A01925"/>
+    <w:rsid w:val="00A020B5"/>
+    <w:rsid w:val="00A04DEF"/>
+    <w:rsid w:val="00A073D9"/>
+    <w:rsid w:val="00A12881"/>
+    <w:rsid w:val="00A12CAE"/>
+    <w:rsid w:val="00A12FE2"/>
+    <w:rsid w:val="00A13587"/>
+    <w:rsid w:val="00A2020F"/>
+    <w:rsid w:val="00A20347"/>
+    <w:rsid w:val="00A203DF"/>
+    <w:rsid w:val="00A2131A"/>
+    <w:rsid w:val="00A215D3"/>
+    <w:rsid w:val="00A2479C"/>
+    <w:rsid w:val="00A2534D"/>
+    <w:rsid w:val="00A2561E"/>
+    <w:rsid w:val="00A36C2F"/>
+    <w:rsid w:val="00A41AE9"/>
+    <w:rsid w:val="00A42F0D"/>
+    <w:rsid w:val="00A4371B"/>
+    <w:rsid w:val="00A4390C"/>
+    <w:rsid w:val="00A45AEF"/>
+    <w:rsid w:val="00A45EDA"/>
+    <w:rsid w:val="00A5080F"/>
+    <w:rsid w:val="00A5403A"/>
+    <w:rsid w:val="00A56697"/>
+    <w:rsid w:val="00A570C9"/>
+    <w:rsid w:val="00A57ABE"/>
+    <w:rsid w:val="00A57F0C"/>
+    <w:rsid w:val="00A60457"/>
+    <w:rsid w:val="00A623C3"/>
+    <w:rsid w:val="00A63DC6"/>
+    <w:rsid w:val="00A64792"/>
+    <w:rsid w:val="00A658F8"/>
+    <w:rsid w:val="00A66480"/>
+    <w:rsid w:val="00A67648"/>
+    <w:rsid w:val="00A7059A"/>
+    <w:rsid w:val="00A7304A"/>
+    <w:rsid w:val="00A73779"/>
+    <w:rsid w:val="00A73DC0"/>
+    <w:rsid w:val="00A76645"/>
+    <w:rsid w:val="00A8155D"/>
+    <w:rsid w:val="00A871CD"/>
+    <w:rsid w:val="00A90729"/>
+    <w:rsid w:val="00A92147"/>
+    <w:rsid w:val="00A92383"/>
+    <w:rsid w:val="00A947CE"/>
+    <w:rsid w:val="00A9533A"/>
+    <w:rsid w:val="00AA0B11"/>
+    <w:rsid w:val="00AA3696"/>
+    <w:rsid w:val="00AA5AEB"/>
+    <w:rsid w:val="00AB44D1"/>
+    <w:rsid w:val="00AB5594"/>
+    <w:rsid w:val="00AB60D4"/>
+    <w:rsid w:val="00AB7963"/>
+    <w:rsid w:val="00AC05B6"/>
+    <w:rsid w:val="00AC0612"/>
+    <w:rsid w:val="00AC15A5"/>
+    <w:rsid w:val="00AC3EEA"/>
+    <w:rsid w:val="00AC4139"/>
+    <w:rsid w:val="00AC49FE"/>
+    <w:rsid w:val="00AC5747"/>
+    <w:rsid w:val="00AD1C83"/>
+    <w:rsid w:val="00AD2A48"/>
+    <w:rsid w:val="00AD3C26"/>
+    <w:rsid w:val="00AD4D21"/>
+    <w:rsid w:val="00AE000B"/>
+    <w:rsid w:val="00AE1616"/>
+    <w:rsid w:val="00AE203C"/>
+    <w:rsid w:val="00AE35D2"/>
+    <w:rsid w:val="00AE3A7C"/>
+    <w:rsid w:val="00AE461B"/>
+    <w:rsid w:val="00AE4EF7"/>
+    <w:rsid w:val="00AE5F16"/>
+    <w:rsid w:val="00AF21B4"/>
+    <w:rsid w:val="00AF28D5"/>
+    <w:rsid w:val="00AF325C"/>
+    <w:rsid w:val="00AF6ADE"/>
+    <w:rsid w:val="00AF74F6"/>
+    <w:rsid w:val="00B03362"/>
+    <w:rsid w:val="00B136C0"/>
+    <w:rsid w:val="00B23DCE"/>
+    <w:rsid w:val="00B311E3"/>
+    <w:rsid w:val="00B375E9"/>
+    <w:rsid w:val="00B42671"/>
+    <w:rsid w:val="00B42DA1"/>
+    <w:rsid w:val="00B43A26"/>
+    <w:rsid w:val="00B44E4E"/>
+    <w:rsid w:val="00B57CCC"/>
+    <w:rsid w:val="00B634C6"/>
+    <w:rsid w:val="00B63C69"/>
+    <w:rsid w:val="00B63F73"/>
+    <w:rsid w:val="00B643F7"/>
+    <w:rsid w:val="00B671D5"/>
+    <w:rsid w:val="00B70679"/>
+    <w:rsid w:val="00B82C83"/>
+    <w:rsid w:val="00B83071"/>
+    <w:rsid w:val="00B843A0"/>
+    <w:rsid w:val="00B861B8"/>
+    <w:rsid w:val="00B86411"/>
+    <w:rsid w:val="00B8665C"/>
+    <w:rsid w:val="00B86DFF"/>
+    <w:rsid w:val="00B87D6D"/>
+    <w:rsid w:val="00B9086E"/>
+    <w:rsid w:val="00B91B60"/>
+    <w:rsid w:val="00B9214F"/>
+    <w:rsid w:val="00B93994"/>
+    <w:rsid w:val="00B947AC"/>
+    <w:rsid w:val="00B94B03"/>
+    <w:rsid w:val="00BA0948"/>
+    <w:rsid w:val="00BA12A4"/>
+    <w:rsid w:val="00BA2150"/>
+    <w:rsid w:val="00BA3D75"/>
+    <w:rsid w:val="00BA3E11"/>
+    <w:rsid w:val="00BA4981"/>
+    <w:rsid w:val="00BA55E3"/>
+    <w:rsid w:val="00BA6065"/>
+    <w:rsid w:val="00BB201A"/>
+    <w:rsid w:val="00BB2F22"/>
+    <w:rsid w:val="00BB4584"/>
+    <w:rsid w:val="00BB6019"/>
+    <w:rsid w:val="00BC050A"/>
+    <w:rsid w:val="00BC32C3"/>
+    <w:rsid w:val="00BC36FF"/>
+    <w:rsid w:val="00BC7A54"/>
+    <w:rsid w:val="00BD22A1"/>
+    <w:rsid w:val="00BD3531"/>
+    <w:rsid w:val="00BD3C0D"/>
+    <w:rsid w:val="00BD53E9"/>
+    <w:rsid w:val="00BE0D7C"/>
+    <w:rsid w:val="00BE523D"/>
+    <w:rsid w:val="00BE67B0"/>
+    <w:rsid w:val="00BF074D"/>
+    <w:rsid w:val="00BF0EEF"/>
+    <w:rsid w:val="00BF31B3"/>
+    <w:rsid w:val="00BF70A6"/>
+    <w:rsid w:val="00C07178"/>
+    <w:rsid w:val="00C10AEB"/>
+    <w:rsid w:val="00C115F2"/>
+    <w:rsid w:val="00C15871"/>
+    <w:rsid w:val="00C20F6A"/>
+    <w:rsid w:val="00C27096"/>
+    <w:rsid w:val="00C308DA"/>
+    <w:rsid w:val="00C31347"/>
+    <w:rsid w:val="00C32361"/>
+    <w:rsid w:val="00C331F4"/>
+    <w:rsid w:val="00C332A0"/>
+    <w:rsid w:val="00C37F67"/>
+    <w:rsid w:val="00C40F17"/>
+    <w:rsid w:val="00C43598"/>
+    <w:rsid w:val="00C45267"/>
+    <w:rsid w:val="00C4549C"/>
+    <w:rsid w:val="00C47316"/>
+    <w:rsid w:val="00C47539"/>
+    <w:rsid w:val="00C50DEE"/>
+    <w:rsid w:val="00C66708"/>
+    <w:rsid w:val="00C67373"/>
+    <w:rsid w:val="00C67520"/>
+    <w:rsid w:val="00C735E2"/>
+    <w:rsid w:val="00C760AE"/>
+    <w:rsid w:val="00C766F0"/>
+    <w:rsid w:val="00C7691D"/>
+    <w:rsid w:val="00C775F4"/>
+    <w:rsid w:val="00C80BE2"/>
+    <w:rsid w:val="00C82E73"/>
+    <w:rsid w:val="00C91292"/>
+    <w:rsid w:val="00C92E0A"/>
+    <w:rsid w:val="00C9794E"/>
+    <w:rsid w:val="00CA2DA2"/>
+    <w:rsid w:val="00CB07BA"/>
+    <w:rsid w:val="00CB186E"/>
+    <w:rsid w:val="00CB2F39"/>
+    <w:rsid w:val="00CC0D7B"/>
+    <w:rsid w:val="00CC342D"/>
+    <w:rsid w:val="00CD0690"/>
+    <w:rsid w:val="00CD3D95"/>
+    <w:rsid w:val="00CD66A3"/>
+    <w:rsid w:val="00CD6D60"/>
+    <w:rsid w:val="00CE1DB2"/>
+    <w:rsid w:val="00CE42FB"/>
+    <w:rsid w:val="00CE562A"/>
+    <w:rsid w:val="00CE61C0"/>
+    <w:rsid w:val="00CF1352"/>
+    <w:rsid w:val="00CF2138"/>
+    <w:rsid w:val="00CF2436"/>
+    <w:rsid w:val="00CF3D4C"/>
+    <w:rsid w:val="00CF3E9D"/>
+    <w:rsid w:val="00CF58B3"/>
+    <w:rsid w:val="00CF5E63"/>
+    <w:rsid w:val="00CF70F2"/>
+    <w:rsid w:val="00D00FC3"/>
+    <w:rsid w:val="00D018ED"/>
+    <w:rsid w:val="00D03C03"/>
+    <w:rsid w:val="00D07496"/>
+    <w:rsid w:val="00D10185"/>
+    <w:rsid w:val="00D10C36"/>
+    <w:rsid w:val="00D1101C"/>
+    <w:rsid w:val="00D13668"/>
+    <w:rsid w:val="00D15C0C"/>
+    <w:rsid w:val="00D16716"/>
+    <w:rsid w:val="00D16E3E"/>
+    <w:rsid w:val="00D17A5E"/>
+    <w:rsid w:val="00D2052A"/>
+    <w:rsid w:val="00D21300"/>
+    <w:rsid w:val="00D245EE"/>
+    <w:rsid w:val="00D256B6"/>
+    <w:rsid w:val="00D27013"/>
+    <w:rsid w:val="00D3067C"/>
+    <w:rsid w:val="00D32421"/>
+    <w:rsid w:val="00D36A56"/>
+    <w:rsid w:val="00D4532E"/>
+    <w:rsid w:val="00D52D5E"/>
+    <w:rsid w:val="00D55A90"/>
+    <w:rsid w:val="00D72867"/>
+    <w:rsid w:val="00D74739"/>
+    <w:rsid w:val="00D75AC5"/>
+    <w:rsid w:val="00D76935"/>
+    <w:rsid w:val="00D77955"/>
+    <w:rsid w:val="00D80A5F"/>
+    <w:rsid w:val="00D825DF"/>
+    <w:rsid w:val="00D8354F"/>
+    <w:rsid w:val="00D85E3E"/>
+    <w:rsid w:val="00D85FA9"/>
+    <w:rsid w:val="00D869DC"/>
+    <w:rsid w:val="00D86DEF"/>
+    <w:rsid w:val="00D910E2"/>
+    <w:rsid w:val="00D921A2"/>
+    <w:rsid w:val="00D9493F"/>
+    <w:rsid w:val="00DA1982"/>
+    <w:rsid w:val="00DA2A45"/>
+    <w:rsid w:val="00DA6615"/>
+    <w:rsid w:val="00DA6DBE"/>
+    <w:rsid w:val="00DA74D7"/>
+    <w:rsid w:val="00DA79B4"/>
+    <w:rsid w:val="00DB05EF"/>
+    <w:rsid w:val="00DB0ED2"/>
+    <w:rsid w:val="00DB12AD"/>
+    <w:rsid w:val="00DB312D"/>
+    <w:rsid w:val="00DB4B37"/>
+    <w:rsid w:val="00DB5505"/>
+    <w:rsid w:val="00DB57B3"/>
+    <w:rsid w:val="00DC1DDE"/>
+    <w:rsid w:val="00DC3368"/>
+    <w:rsid w:val="00DC4D12"/>
+    <w:rsid w:val="00DC57AF"/>
+    <w:rsid w:val="00DC6306"/>
+    <w:rsid w:val="00DD199E"/>
+    <w:rsid w:val="00DD2DE7"/>
+    <w:rsid w:val="00DD7336"/>
+    <w:rsid w:val="00DE0AAA"/>
+    <w:rsid w:val="00DE2D38"/>
+    <w:rsid w:val="00DE5A75"/>
+    <w:rsid w:val="00DE7EF6"/>
+    <w:rsid w:val="00DF3B03"/>
+    <w:rsid w:val="00DF5F21"/>
+    <w:rsid w:val="00DF760E"/>
+    <w:rsid w:val="00DF7E52"/>
+    <w:rsid w:val="00E00945"/>
+    <w:rsid w:val="00E034B0"/>
+    <w:rsid w:val="00E0401C"/>
+    <w:rsid w:val="00E04732"/>
+    <w:rsid w:val="00E04A91"/>
+    <w:rsid w:val="00E059AF"/>
+    <w:rsid w:val="00E12961"/>
+    <w:rsid w:val="00E129D3"/>
+    <w:rsid w:val="00E136EB"/>
+    <w:rsid w:val="00E1503C"/>
+    <w:rsid w:val="00E15668"/>
+    <w:rsid w:val="00E1797C"/>
+    <w:rsid w:val="00E17C90"/>
+    <w:rsid w:val="00E25AC9"/>
+    <w:rsid w:val="00E30A52"/>
+    <w:rsid w:val="00E30C1F"/>
+    <w:rsid w:val="00E379CF"/>
+    <w:rsid w:val="00E41A8A"/>
+    <w:rsid w:val="00E4381C"/>
+    <w:rsid w:val="00E43E1C"/>
+    <w:rsid w:val="00E51073"/>
+    <w:rsid w:val="00E52921"/>
+    <w:rsid w:val="00E55A91"/>
+    <w:rsid w:val="00E612C8"/>
+    <w:rsid w:val="00E62224"/>
+    <w:rsid w:val="00E64099"/>
+    <w:rsid w:val="00E719E0"/>
+    <w:rsid w:val="00E73341"/>
+    <w:rsid w:val="00E7638A"/>
+    <w:rsid w:val="00E80AFC"/>
+    <w:rsid w:val="00E835AC"/>
+    <w:rsid w:val="00E93A1E"/>
+    <w:rsid w:val="00E95BF0"/>
+    <w:rsid w:val="00E95E1A"/>
+    <w:rsid w:val="00EA16D9"/>
+    <w:rsid w:val="00EA28EF"/>
+    <w:rsid w:val="00EA49FC"/>
+    <w:rsid w:val="00EA7D46"/>
+    <w:rsid w:val="00EB2581"/>
+    <w:rsid w:val="00EB4AB7"/>
+    <w:rsid w:val="00EC1835"/>
+    <w:rsid w:val="00EC2E1F"/>
+    <w:rsid w:val="00EC3171"/>
+    <w:rsid w:val="00EC3440"/>
+    <w:rsid w:val="00EC4C7A"/>
+    <w:rsid w:val="00EC6FBE"/>
+    <w:rsid w:val="00ED4176"/>
+    <w:rsid w:val="00ED5CE9"/>
+    <w:rsid w:val="00ED6519"/>
+    <w:rsid w:val="00EE2C3F"/>
+    <w:rsid w:val="00EE35AE"/>
+    <w:rsid w:val="00EE52F3"/>
+    <w:rsid w:val="00EE75D8"/>
+    <w:rsid w:val="00EE7F06"/>
+    <w:rsid w:val="00EF0F44"/>
+    <w:rsid w:val="00EF77E8"/>
+    <w:rsid w:val="00F029F7"/>
+    <w:rsid w:val="00F03738"/>
+    <w:rsid w:val="00F047CE"/>
+    <w:rsid w:val="00F04D7B"/>
+    <w:rsid w:val="00F05EDA"/>
+    <w:rsid w:val="00F072B9"/>
+    <w:rsid w:val="00F10D5D"/>
+    <w:rsid w:val="00F11FFF"/>
+    <w:rsid w:val="00F14A4C"/>
+    <w:rsid w:val="00F15A14"/>
+    <w:rsid w:val="00F15CE9"/>
+    <w:rsid w:val="00F172B6"/>
+    <w:rsid w:val="00F203F0"/>
+    <w:rsid w:val="00F20B91"/>
+    <w:rsid w:val="00F223A4"/>
+    <w:rsid w:val="00F22D34"/>
+    <w:rsid w:val="00F31F70"/>
+    <w:rsid w:val="00F32401"/>
+    <w:rsid w:val="00F325AF"/>
+    <w:rsid w:val="00F34782"/>
+    <w:rsid w:val="00F36E5C"/>
+    <w:rsid w:val="00F37233"/>
+    <w:rsid w:val="00F37481"/>
+    <w:rsid w:val="00F42878"/>
+    <w:rsid w:val="00F45AFC"/>
+    <w:rsid w:val="00F46D17"/>
+    <w:rsid w:val="00F54659"/>
+    <w:rsid w:val="00F54FBD"/>
+    <w:rsid w:val="00F60E41"/>
+    <w:rsid w:val="00F61EC1"/>
+    <w:rsid w:val="00F62BF2"/>
+    <w:rsid w:val="00F62CCE"/>
+    <w:rsid w:val="00F62DBA"/>
+    <w:rsid w:val="00F63DAE"/>
+    <w:rsid w:val="00F65881"/>
+    <w:rsid w:val="00F6643F"/>
+    <w:rsid w:val="00F676CA"/>
+    <w:rsid w:val="00F719CB"/>
+    <w:rsid w:val="00F71D7A"/>
+    <w:rsid w:val="00F7224A"/>
+    <w:rsid w:val="00F73AF0"/>
+    <w:rsid w:val="00F74548"/>
+    <w:rsid w:val="00F751E0"/>
+    <w:rsid w:val="00F754F0"/>
+    <w:rsid w:val="00F772C4"/>
+    <w:rsid w:val="00F7768A"/>
+    <w:rsid w:val="00F836F0"/>
+    <w:rsid w:val="00F84E7F"/>
+    <w:rsid w:val="00F90506"/>
+    <w:rsid w:val="00F90D77"/>
+    <w:rsid w:val="00F92B6A"/>
+    <w:rsid w:val="00F95DA6"/>
+    <w:rsid w:val="00F96007"/>
+    <w:rsid w:val="00FA0435"/>
+    <w:rsid w:val="00FA09AF"/>
+    <w:rsid w:val="00FA0D88"/>
+    <w:rsid w:val="00FA1D6D"/>
+    <w:rsid w:val="00FA298F"/>
+    <w:rsid w:val="00FA2B1E"/>
+    <w:rsid w:val="00FA4852"/>
+    <w:rsid w:val="00FA51DF"/>
+    <w:rsid w:val="00FA6EE2"/>
+    <w:rsid w:val="00FA75A1"/>
+    <w:rsid w:val="00FB411D"/>
+    <w:rsid w:val="00FB5DE7"/>
+    <w:rsid w:val="00FC1D24"/>
+    <w:rsid w:val="00FC4FA9"/>
+    <w:rsid w:val="00FD02A7"/>
+    <w:rsid w:val="00FD0690"/>
+    <w:rsid w:val="00FD1613"/>
+    <w:rsid w:val="00FD202E"/>
+    <w:rsid w:val="00FD4280"/>
+    <w:rsid w:val="00FD627A"/>
+    <w:rsid w:val="00FD7B98"/>
+    <w:rsid w:val="00FE0BE4"/>
+    <w:rsid w:val="00FE16E7"/>
+    <w:rsid w:val="00FE2118"/>
+    <w:rsid w:val="00FE3C47"/>
+    <w:rsid w:val="00FE5E89"/>
+    <w:rsid w:val="00FE623C"/>
+    <w:rsid w:val="00FE63B9"/>
+    <w:rsid w:val="00FE74D9"/>
+    <w:rsid w:val="00FE79C3"/>
+    <w:rsid w:val="00FF050E"/>
+    <w:rsid w:val="00FF34FB"/>
+    <w:rsid w:val="00FF59A9"/>
+    <w:rsid w:val="00FF6B5B"/>
+    <w:rsid w:val="00FF7DAA"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="en-US"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
+  <w14:docId w14:val="5E871EF2"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{D246CAF1-1D8F-4896-B9B7-5E8FB0076E43}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:cstheme="minorBidi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:asciiTheme="minorHAnsi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="en-US" w:bidi="ar-SA" w:eastAsia="en-US"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:widowControl w:val="0"/>
-[...4 lines deleted...]
-        <w:jc w:val="left"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:style w:styleId="DefaultParagraphFont" w:default="1" w:type="character">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:styleId="TableNormal" w:default="1" w:type="table">
-[...1 lines deleted...]
-    <w:uiPriority w:val="2"/>
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
-        <w:left w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
-        <w:right w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:styleId="NoList" w:default="1" w:type="numbering">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:default="1" w:styleId="Normal" w:type="paragraph">
-[...1 lines deleted...]
-    <w:uiPriority w:val="1"/>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BE67B0"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00BE67B0"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BE67B0"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00BE67B0"/>
+  </w:style>
+  <w:style w:type="table" w:styleId="GridTable6Colorful-Accent6">
+    <w:name w:val="Grid Table 6 Colorful Accent 6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="51"/>
+    <w:rsid w:val="004D1645"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="A8D08D" w:themeColor="accent6" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="A8D08D" w:themeColor="accent6" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A8D08D" w:themeColor="accent6" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="A8D08D" w:themeColor="accent6" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="A8D08D" w:themeColor="accent6" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="A8D08D" w:themeColor="accent6" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="A8D08D" w:themeColor="accent6" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="A8D08D" w:themeColor="accent6" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:pPr/>
+    <w:rsid w:val="004D1645"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="GridTable6Colorful-Accent5">
+    <w:name w:val="Grid Table 6 Colorful Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="51"/>
+    <w:rsid w:val="009F3BC9"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:eastAsia="Tahoma" w:cs="Tahoma"/>
-      <w:lang w:val="en-us" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w:color w:val="2F5496" w:themeColor="accent5" w:themeShade="BF"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="8EAADB" w:themeColor="accent5" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="8EAADB" w:themeColor="accent5" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="8EAADB" w:themeColor="accent5" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="8EAADB" w:themeColor="accent5" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="8EAADB" w:themeColor="accent5" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="8EAADB" w:themeColor="accent5" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="8EAADB" w:themeColor="accent5" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="8EAADB" w:themeColor="accent5" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="GridTable6Colorful-Accent3">
+    <w:name w:val="Grid Table 6 Colorful Accent 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="51"/>
+    <w:rsid w:val="00605787"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="7B7B7B" w:themeColor="accent3" w:themeShade="BF"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="C9C9C9" w:themeColor="accent3" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="C9C9C9" w:themeColor="accent3" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C9C9C9" w:themeColor="accent3" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="C9C9C9" w:themeColor="accent3" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="C9C9C9" w:themeColor="accent3" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="C9C9C9" w:themeColor="accent3" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C9C9C9" w:themeColor="accent3" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="C9C9C9" w:themeColor="accent3" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EDEDED" w:themeFill="accent3" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EDEDED" w:themeFill="accent3" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="GridTable6Colorful-Accent4">
+    <w:name w:val="Grid Table 6 Colorful Accent 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="51"/>
+    <w:rsid w:val="001D04EA"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="BF8F00" w:themeColor="accent4" w:themeShade="BF"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="FFD966" w:themeColor="accent4" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="FFD966" w:themeColor="accent4" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFD966" w:themeColor="accent4" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="FFD966" w:themeColor="accent4" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFD966" w:themeColor="accent4" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFD966" w:themeColor="accent4" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFD966" w:themeColor="accent4" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="FFD966" w:themeColor="accent4" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="GridTable6Colorful">
+    <w:name w:val="Grid Table 6 Colorful"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="51"/>
+    <w:rsid w:val="007D39D6"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="TableGrid">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="009204DC"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BalloonText">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalloonTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="003D0B07"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:styleId="BodyText" w:type="paragraph">
-    <w:name w:val="Body Text"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003D0B07"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="TableGridLight">
+    <w:name w:val="Grid Table Light"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="40"/>
+    <w:rsid w:val="009879AE"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="PlainTable1">
+    <w:name w:val="Plain Table 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="41"/>
+    <w:rsid w:val="009879AE"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D4532E"/>
+    <w:rPr>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D4532E"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D4532E"/>
+    <w:rPr>
+      <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="PlaceholderText">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="004D4ED2"/>
+    <w:rPr>
+      <w:color w:val="808080"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Style1">
+    <w:name w:val="Style1"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00DF3B03"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:color w:val="163E70"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Style2">
+    <w:name w:val="Style2"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="003920E6"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:color w:val="163E70"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="FootnoteText">
+    <w:name w:val="footnote text"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="1"/>
-[...1 lines deleted...]
-    <w:pPr/>
+    <w:link w:val="FootnoteTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005A0FE9"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
-      <w:lang w:val="en-us" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:styleId="Heading1" w:type="paragraph">
-    <w:name w:val="Heading 1"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
+    <w:name w:val="Footnote Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="FootnoteText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005A0FE9"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FootnoteReference">
+    <w:name w:val="footnote reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005A0FE9"/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="EndnoteText">
+    <w:name w:val="endnote text"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="1"/>
-    <w:qFormat/>
+    <w:link w:val="EndnoteTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005A0FE9"/>
     <w:pPr>
-      <w:spacing w:before="37"/>
-[...1 lines deleted...]
-      <w:outlineLvl w:val="1"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="EndnoteTextChar">
+    <w:name w:val="Endnote Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="EndnoteText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005A0FE9"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="EndnoteReference">
+    <w:name w:val="endnote reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005A0FE9"/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="CommentReference">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00CF58B3"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentText">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00CF58B3"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00CF58B3"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00CF58B3"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00CF58B3"/>
+    <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
-      <w:lang w:val="en-us" w:eastAsia="en-US" w:bidi="ar-SA"/>
-[...39 lines deleted...]
-      <w:lang w:val="en-us" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
+</w:webSettings>
+</file>
+
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:IRB@une.edu" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.une.edu/research/integrity/irb" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:irb@une.edu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:irb@une.edu" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hhs.gov/about/agencies/hhs-agencies-and-offices/index.html" TargetMode="External"/></Relationships>
+</file>
 
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+</file>
+
+<file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\rkennedy1\Downloads\Task%20Instruction%20Template%20(1).dotx" TargetMode="External"/></Relationships>
+</file>
+
+<file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+</file>
+
+<file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:docParts>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="C0BFE03E30964E0E902D7108F992A5EB"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{FA05FE78-8A2B-45EF-A434-EF9EAAF89F9A}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00FC38ED" w:rsidRDefault="00FC38ED" w:rsidP="00FC38ED">
+          <w:pPr>
+            <w:pStyle w:val="C0BFE03E30964E0E902D7108F992A5EB"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Enter text</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="972DBE257F9540B988731A879F4ECBF5"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{852DED69-240C-464C-9186-203890FEC7E8}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00FC38ED" w:rsidRDefault="00AA690C" w:rsidP="00AA690C">
+          <w:pPr>
+            <w:pStyle w:val="972DBE257F9540B988731A879F4ECBF511"/>
+          </w:pPr>
+          <w:r w:rsidRPr="007F09D4">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="163E70"/>
+            </w:rPr>
+            <w:t>Enter text</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="EB02BD1BF7334C0698613939C00E391A"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{FCCBCA3D-B376-42DE-8C4F-B8D4B14DD034}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="004F5636" w:rsidRDefault="00FC38ED" w:rsidP="00FC38ED">
+          <w:pPr>
+            <w:pStyle w:val="EB02BD1BF7334C0698613939C00E391A"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Enter text</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="B0EB23588E38429BA63CA0CF3C5CA1C6"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{444F6C51-B885-4921-AFD1-E7FAAE77685E}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="004F5636" w:rsidRDefault="00FC38ED" w:rsidP="00FC38ED">
+          <w:pPr>
+            <w:pStyle w:val="B0EB23588E38429BA63CA0CF3C5CA1C6"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Enter text</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="CF8825571EAC45CC8CF5A67E1FC7EA3F"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{C10AE938-10C1-4F89-B3C1-4B789E6B30B2}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="004F5636" w:rsidRDefault="00FC38ED" w:rsidP="00FC38ED">
+          <w:pPr>
+            <w:pStyle w:val="CF8825571EAC45CC8CF5A67E1FC7EA3F"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Enter text</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="0C539F06DF234496854AA9586F4349BB"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{1CB2088D-2CF4-436D-88AE-AE5535EB8BDA}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="004F5636" w:rsidRDefault="004F5636" w:rsidP="004F5636">
+          <w:pPr>
+            <w:pStyle w:val="0C539F06DF234496854AA9586F4349BB4"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Enter text</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="49E83797D9264F579AD8383F05A2136A"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{48ABE58F-E66B-4ABE-AFC7-E07EDAA898F0}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="004F5636" w:rsidRDefault="004F5636" w:rsidP="004F5636">
+          <w:pPr>
+            <w:pStyle w:val="49E83797D9264F579AD8383F05A2136A4"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Enter text</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="4FBD4328F9234DE99DFDDC9011EF0B94"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{81DF182E-F23A-4CA8-8758-F04961DF3EEC}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="004F5636" w:rsidRDefault="004F5636" w:rsidP="004F5636">
+          <w:pPr>
+            <w:pStyle w:val="4FBD4328F9234DE99DFDDC9011EF0B944"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Enter text</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="00F4707E524E4FE8AE1ED9B2C8B3EC16"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{86758B13-104B-4E19-9D6F-55B5B051D609}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="004F5636" w:rsidRDefault="00AA690C" w:rsidP="00AA690C">
+          <w:pPr>
+            <w:pStyle w:val="00F4707E524E4FE8AE1ED9B2C8B3EC1611"/>
+          </w:pPr>
+          <w:r w:rsidRPr="002C1F85">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="163E70"/>
+            </w:rPr>
+            <w:t>Enter text</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="5CBB48FF6939440C8EDD6D704266A861"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{3BF5CDB2-44C7-4A61-9642-12A0808EEAA9}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="004F5636" w:rsidRDefault="00AA690C" w:rsidP="00AA690C">
+          <w:pPr>
+            <w:pStyle w:val="5CBB48FF6939440C8EDD6D704266A86111"/>
+          </w:pPr>
+          <w:r w:rsidRPr="002C1F85">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="163E70"/>
+            </w:rPr>
+            <w:t>Enter text</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="6061D24F32D546BEB4B98FD2D0D095B5"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{37E37BD6-40A7-4D18-98DA-305B75EC68B6}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="004F5636" w:rsidRDefault="00AA690C" w:rsidP="00AA690C">
+          <w:pPr>
+            <w:pStyle w:val="6061D24F32D546BEB4B98FD2D0D095B511"/>
+          </w:pPr>
+          <w:r w:rsidRPr="002C1F85">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="163E70"/>
+            </w:rPr>
+            <w:t>Enter text</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="A54A65514FFB4A1783E119E32E2290F6"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{7E0658CC-E020-47AC-B5C5-221248706E23}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00B607A7" w:rsidRDefault="00AA690C" w:rsidP="00AA690C">
+          <w:pPr>
+            <w:pStyle w:val="A54A65514FFB4A1783E119E32E2290F69"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="163E70"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Enter date when form is first completed or date when form is last updated </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="B00B6A23DF7D4C6DB30FA5CCAF4A2183"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{B93DC320-04CC-4E99-A53E-BC716F919255}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00C51CBE" w:rsidRDefault="00C51CBE" w:rsidP="00C51CBE">
+          <w:pPr>
+            <w:pStyle w:val="B00B6A23DF7D4C6DB30FA5CCAF4A2183"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Enter text</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="D5B6E1B357D94A0F9550C2218635714F"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{AC2556D1-8B73-498D-8946-F4192A91CB0F}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00C51CBE" w:rsidRDefault="00C51CBE" w:rsidP="00C51CBE">
+          <w:pPr>
+            <w:pStyle w:val="D5B6E1B357D94A0F9550C2218635714F"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Enter text</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="F04C6FBC993D4538BD68AA464E6AA6DD"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{AA8A9809-754C-447A-BFA9-D6AE7DE13898}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00C51CBE" w:rsidRDefault="00C51CBE" w:rsidP="00C51CBE">
+          <w:pPr>
+            <w:pStyle w:val="F04C6FBC993D4538BD68AA464E6AA6DD"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Enter text</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="F0BF09C614C64469B25C833781145B08"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{EA636147-E74B-4181-92CD-54A677580BFE}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00C51CBE" w:rsidRDefault="00C51CBE" w:rsidP="00C51CBE">
+          <w:pPr>
+            <w:pStyle w:val="F0BF09C614C64469B25C833781145B08"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Enter text</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="55E0128CCD5E460CBED84AABB054B135"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{AF56DEA6-964D-4AD6-9BD2-D81533BEFDDF}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00C51CBE" w:rsidRDefault="00C51CBE" w:rsidP="00C51CBE">
+          <w:pPr>
+            <w:pStyle w:val="55E0128CCD5E460CBED84AABB054B135"/>
+          </w:pPr>
+          <w:r w:rsidRPr="002C1F85">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="163E70"/>
+            </w:rPr>
+            <w:t>Enter text</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="FD64685301B94010B3D340B7B3F03DFD"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{88460A23-3285-4BAB-8849-42E6B86939BF}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00C51CBE" w:rsidRDefault="00C51CBE" w:rsidP="00C51CBE">
+          <w:pPr>
+            <w:pStyle w:val="FD64685301B94010B3D340B7B3F03DFD"/>
+          </w:pPr>
+          <w:r>
+            <w:t>Enter text</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="C9137D52500B4C7FAB32246384F3CACC"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{56FC5600-A449-4A91-80E0-1292BB4F783C}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00C51CBE" w:rsidRDefault="00C51CBE" w:rsidP="00C51CBE">
+          <w:pPr>
+            <w:pStyle w:val="C9137D52500B4C7FAB32246384F3CACC"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Enter text</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="D74BEE7EA0AA4AFD829434001372161A"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{10BEB665-DBAD-4DC9-B184-B3B4A9C3F079}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00C51CBE" w:rsidRDefault="00C51CBE" w:rsidP="00C51CBE">
+          <w:pPr>
+            <w:pStyle w:val="D74BEE7EA0AA4AFD829434001372161A"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Enter text</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="BD9E7BFBB2B2480B86F6DEC6DCA10626"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{2285E76D-7014-4CD0-BE34-696CBF088F7E}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00C51CBE" w:rsidRDefault="00C51CBE" w:rsidP="00C51CBE">
+          <w:pPr>
+            <w:pStyle w:val="BD9E7BFBB2B2480B86F6DEC6DCA10626"/>
+          </w:pPr>
+          <w:r w:rsidRPr="007F09D4">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="163E70"/>
+            </w:rPr>
+            <w:t>Enter text</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="9A1D93572288408D87D7827341941437"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{81E3626E-CA58-4D21-9DE9-D08FFFC141D5}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00C51CBE" w:rsidRDefault="00C51CBE" w:rsidP="00C51CBE">
+          <w:pPr>
+            <w:pStyle w:val="9A1D93572288408D87D7827341941437"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Enter text</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="1CCE9FADBCA4441DAAD09D09678925EE"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{97F82C63-0BAE-4AB0-A389-720B35AC0DA4}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00C51CBE" w:rsidRDefault="00C51CBE" w:rsidP="00C51CBE">
+          <w:pPr>
+            <w:pStyle w:val="1CCE9FADBCA4441DAAD09D09678925EE"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Enter text</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="6CBB9FE55DF04721AB16554244536FB1"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{C8CC2962-07EE-4CA5-9726-3BADF9D4A041}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00C51CBE" w:rsidRDefault="00C51CBE" w:rsidP="00C51CBE">
+          <w:pPr>
+            <w:pStyle w:val="6CBB9FE55DF04721AB16554244536FB1"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Enter text</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="A9F7CBFC6EE14CB285720F4C027D74E8"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{C0801331-979F-4B2C-9E32-B98498522185}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00C51CBE" w:rsidRDefault="00C51CBE" w:rsidP="00C51CBE">
+          <w:pPr>
+            <w:pStyle w:val="A9F7CBFC6EE14CB285720F4C027D74E8"/>
+          </w:pPr>
+          <w:r w:rsidRPr="007F09D4">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="163E70"/>
+            </w:rPr>
+            <w:t>Enter text</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="E5A39F8944B346B386FFA01202A4D52F"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{E74341FB-01B5-41BB-A230-0D1D41974B51}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00C51CBE" w:rsidRDefault="00C51CBE" w:rsidP="00C51CBE">
+          <w:pPr>
+            <w:pStyle w:val="E5A39F8944B346B386FFA01202A4D52F"/>
+          </w:pPr>
+          <w:r w:rsidRPr="007F747A">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="A8F90B6F5DA948A0B770D83FD3A4DD51"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{71AB2D72-99F1-4660-856E-6137FF128ADE}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00C51CBE" w:rsidRDefault="00C51CBE" w:rsidP="00C51CBE">
+          <w:pPr>
+            <w:pStyle w:val="A8F90B6F5DA948A0B770D83FD3A4DD51"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Enter text</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="B57331237B1544EDB0FAD54FC9A231DD"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{5E7BBB4D-D96B-4F5D-AA0A-7A7D2D80A53D}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00C51CBE" w:rsidRDefault="00C51CBE" w:rsidP="00C51CBE">
+          <w:pPr>
+            <w:pStyle w:val="B57331237B1544EDB0FAD54FC9A231DD"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Enter text</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="71381324A2A64B9CBF1B163C0EF40E78"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{4C305D89-0961-4224-AD73-5E33734A6D9B}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00C51CBE" w:rsidRDefault="00C51CBE" w:rsidP="00C51CBE">
+          <w:pPr>
+            <w:pStyle w:val="71381324A2A64B9CBF1B163C0EF40E78"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Enter text</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="0C2E1FD6863748F881CB8BD24FE53726"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{B29E8488-E783-4D71-9C6D-3CC12E41C041}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00C51CBE" w:rsidRDefault="00C51CBE" w:rsidP="00C51CBE">
+          <w:pPr>
+            <w:pStyle w:val="0C2E1FD6863748F881CB8BD24FE53726"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Enter text</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="B3B32DF9C2624B5DAF44F2D670A21372"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{EC252DC5-C875-4A63-BA8E-DFE5E09369FA}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00C51CBE" w:rsidRDefault="00C51CBE" w:rsidP="00C51CBE">
+          <w:pPr>
+            <w:pStyle w:val="B3B32DF9C2624B5DAF44F2D670A21372"/>
+          </w:pPr>
+          <w:r w:rsidRPr="007F09D4">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="163E70"/>
+            </w:rPr>
+            <w:t>Enter text</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="7A719A68A7334D01B5D7E387F6F66433"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{D41DB2B9-D59C-4A3C-B4F6-5C645BFE7E7F}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00C51CBE" w:rsidRDefault="00C51CBE" w:rsidP="00C51CBE">
+          <w:pPr>
+            <w:pStyle w:val="7A719A68A7334D01B5D7E387F6F66433"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Enter text</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="1A49CCAA064A4FB2AB25BAED0C24340F"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{87CB2A03-EEDF-4FF4-A37D-D112C02B9EAA}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00C51CBE" w:rsidRDefault="00C51CBE" w:rsidP="00C51CBE">
+          <w:pPr>
+            <w:pStyle w:val="1A49CCAA064A4FB2AB25BAED0C24340F"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Enter text</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="C9B4CFE541324BCFB57CC8254820FA05"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{34D35B6A-F068-4335-BC0B-D17C76EC4FA8}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00C51CBE" w:rsidRDefault="00C51CBE" w:rsidP="00C51CBE">
+          <w:pPr>
+            <w:pStyle w:val="C9B4CFE541324BCFB57CC8254820FA05"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Enter text</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="67BE507FCBFF4DAF8F3CB2424DE2CC06"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{0A73F9A8-9DA4-4EAF-B19E-F45A9AB86DC7}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00C51CBE" w:rsidRDefault="00C51CBE" w:rsidP="00C51CBE">
+          <w:pPr>
+            <w:pStyle w:val="67BE507FCBFF4DAF8F3CB2424DE2CC06"/>
+          </w:pPr>
+          <w:r w:rsidRPr="007F09D4">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="163E70"/>
+            </w:rPr>
+            <w:t>Enter text</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="1BBBC8256725434B999735841E72F739"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{1D712BFA-D238-4139-AA34-9AE856403613}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00921A50" w:rsidRDefault="00C51CBE" w:rsidP="00C51CBE">
+          <w:pPr>
+            <w:pStyle w:val="1BBBC8256725434B999735841E72F739"/>
+          </w:pPr>
+          <w:r w:rsidRPr="002C1F85">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="163E70"/>
+            </w:rPr>
+            <w:t>Enter text</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="E37B4C103CC84E05BA3C761C1A53ACD1"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{A1F1EB17-8154-4B25-AB9D-A194442EF082}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00921A50" w:rsidRDefault="00C51CBE" w:rsidP="00C51CBE">
+          <w:pPr>
+            <w:pStyle w:val="E37B4C103CC84E05BA3C761C1A53ACD1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="002C1F85">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="163E70"/>
+            </w:rPr>
+            <w:t>Enter text</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="02041EE58D064204A9CDE462D20F332B"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{279B904B-6CFC-4150-833E-9C278DC0CE5E}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00D65F92" w:rsidRDefault="00D65F92" w:rsidP="00D65F92">
+          <w:pPr>
+            <w:pStyle w:val="02041EE58D064204A9CDE462D20F332B"/>
+          </w:pPr>
+          <w:r w:rsidRPr="007F09D4">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="163E70"/>
+            </w:rPr>
+            <w:t>Enter text</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="58F68B68992B4145BAEAD61618DA225F"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{6BF64C4D-A634-44E9-B3E3-7FD1378D36FB}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00D65F92" w:rsidRDefault="00D65F92" w:rsidP="00D65F92">
+          <w:pPr>
+            <w:pStyle w:val="58F68B68992B4145BAEAD61618DA225F"/>
+          </w:pPr>
+          <w:r w:rsidRPr="002C1F85">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="163E70"/>
+            </w:rPr>
+            <w:t>Enter text</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="F383C52E3AD14B8D8EF783EA8457DD33"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{D1CC55E4-1192-406F-9D31-35CE9850ED02}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00D65F92" w:rsidRDefault="00D65F92" w:rsidP="00D65F92">
+          <w:pPr>
+            <w:pStyle w:val="F383C52E3AD14B8D8EF783EA8457DD33"/>
+          </w:pPr>
+          <w:r w:rsidRPr="002C1F85">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="163E70"/>
+            </w:rPr>
+            <w:t>Enter text</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="1222D03745414319A002794CDCD7DDCC"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{D65B8A41-AA2F-4925-8545-B4A4429DD6AB}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00D65F92" w:rsidRDefault="00D65F92" w:rsidP="00D65F92">
+          <w:pPr>
+            <w:pStyle w:val="1222D03745414319A002794CDCD7DDCC"/>
+          </w:pPr>
+          <w:r w:rsidRPr="002C1F85">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="163E70"/>
+            </w:rPr>
+            <w:t>Enter text</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="4AE7BE537A644ADEA96D5149A62E355E"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{43B7D5B5-2578-4CAB-AAB3-ABDD6397A304}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00D65F92" w:rsidRDefault="00D65F92" w:rsidP="00D65F92">
+          <w:pPr>
+            <w:pStyle w:val="4AE7BE537A644ADEA96D5149A62E355E"/>
+          </w:pPr>
+          <w:r w:rsidRPr="002C1F85">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="163E70"/>
+            </w:rPr>
+            <w:t>Enter text</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="9ED3D3E4CB514AB688963A4C8EFFE07F"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{A4885C2F-29DE-4BF4-A745-6A82E5CFF387}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00D65F92" w:rsidRDefault="00D65F92" w:rsidP="00D65F92">
+          <w:pPr>
+            <w:pStyle w:val="9ED3D3E4CB514AB688963A4C8EFFE07F"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00F61EC1">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="163E70"/>
+            </w:rPr>
+            <w:t>Enter text</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+  </w:docParts>
+</w:glossaryDocument>
+</file>
+
+<file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+</w:fonts>
+</file>
+
+<file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:view w:val="normal"/>
+  <w:revisionView w:formatting="0"/>
+  <w:defaultTabStop w:val="720"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:compat>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+  </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="0069352E"/>
+    <w:rsid w:val="00023F23"/>
+    <w:rsid w:val="000B51DF"/>
+    <w:rsid w:val="002A0DFD"/>
+    <w:rsid w:val="00391E83"/>
+    <w:rsid w:val="003D1592"/>
+    <w:rsid w:val="00487680"/>
+    <w:rsid w:val="004E4E33"/>
+    <w:rsid w:val="004F5636"/>
+    <w:rsid w:val="004F7EEE"/>
+    <w:rsid w:val="00543E9E"/>
+    <w:rsid w:val="005978E3"/>
+    <w:rsid w:val="005E1ACB"/>
+    <w:rsid w:val="006409B8"/>
+    <w:rsid w:val="0069352E"/>
+    <w:rsid w:val="006C25B1"/>
+    <w:rsid w:val="007473B6"/>
+    <w:rsid w:val="00823F2C"/>
+    <w:rsid w:val="00912C30"/>
+    <w:rsid w:val="00921A50"/>
+    <w:rsid w:val="0095280D"/>
+    <w:rsid w:val="00A245B0"/>
+    <w:rsid w:val="00AA690C"/>
+    <w:rsid w:val="00AE68CC"/>
+    <w:rsid w:val="00B10E37"/>
+    <w:rsid w:val="00B45847"/>
+    <w:rsid w:val="00B607A7"/>
+    <w:rsid w:val="00B946AB"/>
+    <w:rsid w:val="00C51CBE"/>
+    <w:rsid w:val="00D31926"/>
+    <w:rsid w:val="00D65F92"/>
+    <w:rsid w:val="00E03DFC"/>
+    <w:rsid w:val="00F40DBB"/>
+    <w:rsid w:val="00FC38ED"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="en-US"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
+  <w15:chartTrackingRefBased/>
+</w:settings>
+</file>
+
+<file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:styleId="PlaceholderText">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D65F92"/>
+    <w:rPr>
+      <w:color w:val="808080"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C0BFE03E30964E0E902D7108F992A5EB">
+    <w:name w:val="C0BFE03E30964E0E902D7108F992A5EB"/>
+    <w:rsid w:val="00FC38ED"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EB02BD1BF7334C0698613939C00E391A">
+    <w:name w:val="EB02BD1BF7334C0698613939C00E391A"/>
+    <w:rsid w:val="00FC38ED"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B0EB23588E38429BA63CA0CF3C5CA1C6">
+    <w:name w:val="B0EB23588E38429BA63CA0CF3C5CA1C6"/>
+    <w:rsid w:val="00FC38ED"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CF8825571EAC45CC8CF5A67E1FC7EA3F">
+    <w:name w:val="CF8825571EAC45CC8CF5A67E1FC7EA3F"/>
+    <w:rsid w:val="00FC38ED"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0C539F06DF234496854AA9586F4349BB4">
+    <w:name w:val="0C539F06DF234496854AA9586F4349BB4"/>
+    <w:rsid w:val="004F5636"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="49E83797D9264F579AD8383F05A2136A4">
+    <w:name w:val="49E83797D9264F579AD8383F05A2136A4"/>
+    <w:rsid w:val="004F5636"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4FBD4328F9234DE99DFDDC9011EF0B944">
+    <w:name w:val="4FBD4328F9234DE99DFDDC9011EF0B944"/>
+    <w:rsid w:val="004F5636"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A54A65514FFB4A1783E119E32E2290F69">
+    <w:name w:val="A54A65514FFB4A1783E119E32E2290F69"/>
+    <w:rsid w:val="00AA690C"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="972DBE257F9540B988731A879F4ECBF511">
+    <w:name w:val="972DBE257F9540B988731A879F4ECBF511"/>
+    <w:rsid w:val="00AA690C"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="00F4707E524E4FE8AE1ED9B2C8B3EC1611">
+    <w:name w:val="00F4707E524E4FE8AE1ED9B2C8B3EC1611"/>
+    <w:rsid w:val="00AA690C"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5CBB48FF6939440C8EDD6D704266A86111">
+    <w:name w:val="5CBB48FF6939440C8EDD6D704266A86111"/>
+    <w:rsid w:val="00AA690C"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6061D24F32D546BEB4B98FD2D0D095B511">
+    <w:name w:val="6061D24F32D546BEB4B98FD2D0D095B511"/>
+    <w:rsid w:val="00AA690C"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B00B6A23DF7D4C6DB30FA5CCAF4A2183">
+    <w:name w:val="B00B6A23DF7D4C6DB30FA5CCAF4A2183"/>
+    <w:rsid w:val="00C51CBE"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D5B6E1B357D94A0F9550C2218635714F">
+    <w:name w:val="D5B6E1B357D94A0F9550C2218635714F"/>
+    <w:rsid w:val="00C51CBE"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F04C6FBC993D4538BD68AA464E6AA6DD">
+    <w:name w:val="F04C6FBC993D4538BD68AA464E6AA6DD"/>
+    <w:rsid w:val="00C51CBE"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F0BF09C614C64469B25C833781145B08">
+    <w:name w:val="F0BF09C614C64469B25C833781145B08"/>
+    <w:rsid w:val="00C51CBE"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="55E0128CCD5E460CBED84AABB054B135">
+    <w:name w:val="55E0128CCD5E460CBED84AABB054B135"/>
+    <w:rsid w:val="00C51CBE"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FD64685301B94010B3D340B7B3F03DFD">
+    <w:name w:val="FD64685301B94010B3D340B7B3F03DFD"/>
+    <w:rsid w:val="00C51CBE"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C9137D52500B4C7FAB32246384F3CACC">
+    <w:name w:val="C9137D52500B4C7FAB32246384F3CACC"/>
+    <w:rsid w:val="00C51CBE"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D74BEE7EA0AA4AFD829434001372161A">
+    <w:name w:val="D74BEE7EA0AA4AFD829434001372161A"/>
+    <w:rsid w:val="00C51CBE"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BD9E7BFBB2B2480B86F6DEC6DCA10626">
+    <w:name w:val="BD9E7BFBB2B2480B86F6DEC6DCA10626"/>
+    <w:rsid w:val="00C51CBE"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9A1D93572288408D87D7827341941437">
+    <w:name w:val="9A1D93572288408D87D7827341941437"/>
+    <w:rsid w:val="00C51CBE"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1CCE9FADBCA4441DAAD09D09678925EE">
+    <w:name w:val="1CCE9FADBCA4441DAAD09D09678925EE"/>
+    <w:rsid w:val="00C51CBE"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6CBB9FE55DF04721AB16554244536FB1">
+    <w:name w:val="6CBB9FE55DF04721AB16554244536FB1"/>
+    <w:rsid w:val="00C51CBE"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A9F7CBFC6EE14CB285720F4C027D74E8">
+    <w:name w:val="A9F7CBFC6EE14CB285720F4C027D74E8"/>
+    <w:rsid w:val="00C51CBE"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E5A39F8944B346B386FFA01202A4D52F">
+    <w:name w:val="E5A39F8944B346B386FFA01202A4D52F"/>
+    <w:rsid w:val="00C51CBE"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A8F90B6F5DA948A0B770D83FD3A4DD51">
+    <w:name w:val="A8F90B6F5DA948A0B770D83FD3A4DD51"/>
+    <w:rsid w:val="00C51CBE"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B57331237B1544EDB0FAD54FC9A231DD">
+    <w:name w:val="B57331237B1544EDB0FAD54FC9A231DD"/>
+    <w:rsid w:val="00C51CBE"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="71381324A2A64B9CBF1B163C0EF40E78">
+    <w:name w:val="71381324A2A64B9CBF1B163C0EF40E78"/>
+    <w:rsid w:val="00C51CBE"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0C2E1FD6863748F881CB8BD24FE53726">
+    <w:name w:val="0C2E1FD6863748F881CB8BD24FE53726"/>
+    <w:rsid w:val="00C51CBE"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B3B32DF9C2624B5DAF44F2D670A21372">
+    <w:name w:val="B3B32DF9C2624B5DAF44F2D670A21372"/>
+    <w:rsid w:val="00C51CBE"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7A719A68A7334D01B5D7E387F6F66433">
+    <w:name w:val="7A719A68A7334D01B5D7E387F6F66433"/>
+    <w:rsid w:val="00C51CBE"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1A49CCAA064A4FB2AB25BAED0C24340F">
+    <w:name w:val="1A49CCAA064A4FB2AB25BAED0C24340F"/>
+    <w:rsid w:val="00C51CBE"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C9B4CFE541324BCFB57CC8254820FA05">
+    <w:name w:val="C9B4CFE541324BCFB57CC8254820FA05"/>
+    <w:rsid w:val="00C51CBE"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="67BE507FCBFF4DAF8F3CB2424DE2CC06">
+    <w:name w:val="67BE507FCBFF4DAF8F3CB2424DE2CC06"/>
+    <w:rsid w:val="00C51CBE"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1BBBC8256725434B999735841E72F739">
+    <w:name w:val="1BBBC8256725434B999735841E72F739"/>
+    <w:rsid w:val="00C51CBE"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E37B4C103CC84E05BA3C761C1A53ACD1">
+    <w:name w:val="E37B4C103CC84E05BA3C761C1A53ACD1"/>
+    <w:rsid w:val="00C51CBE"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="02041EE58D064204A9CDE462D20F332B">
+    <w:name w:val="02041EE58D064204A9CDE462D20F332B"/>
+    <w:rsid w:val="00D65F92"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="58F68B68992B4145BAEAD61618DA225F">
+    <w:name w:val="58F68B68992B4145BAEAD61618DA225F"/>
+    <w:rsid w:val="00D65F92"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F383C52E3AD14B8D8EF783EA8457DD33">
+    <w:name w:val="F383C52E3AD14B8D8EF783EA8457DD33"/>
+    <w:rsid w:val="00D65F92"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1222D03745414319A002794CDCD7DDCC">
+    <w:name w:val="1222D03745414319A002794CDCD7DDCC"/>
+    <w:rsid w:val="00D65F92"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4AE7BE537A644ADEA96D5149A62E355E">
+    <w:name w:val="4AE7BE537A644ADEA96D5149A62E355E"/>
+    <w:rsid w:val="00D65F92"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9ED3D3E4CB514AB688963A4C8EFFE07F">
+    <w:name w:val="9ED3D3E4CB514AB688963A4C8EFFE07F"/>
+    <w:rsid w:val="00D65F92"/>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:optimizeForBrowser/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100CCC5E1A4C643A5488C64B82F5D61CD46" ma:contentTypeVersion="10" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="4afa5d4615a6b153f6838db6782e0dd6">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="3c933d9f-d73a-4e2d-b255-f6f9fb0bc5eb" xmlns:ns3="649258b5-57de-4850-8d20-2d61a4d22431" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="63656707ee64fefd8a05e3422dabf1f0" ns2:_="" ns3:_="">
+    <xsd:import namespace="3c933d9f-d73a-4e2d-b255-f6f9fb0bc5eb"/>
+    <xsd:import namespace="649258b5-57de-4850-8d20-2d61a4d22431"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="3c933d9f-d73a-4e2d-b255-f6f9fb0bc5eb" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="10" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="11" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="12" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="13" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="17" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="649258b5-57de-4850-8d20-2d61a4d22431" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="15" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="16" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0AD9D8CA-602E-4BD2-BF7F-CF6E28B4473C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B4A230F8-1FD0-4101-A829-9FEAB0D18A7B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5155111F-696D-4FFE-890E-C0D6D8AF5B04}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E5ECE5D2-245F-42B3-A4E4-CB206A425277}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="3c933d9f-d73a-4e2d-b255-f6f9fb0bc5eb"/>
+    <ds:schemaRef ds:uri="649258b5-57de-4850-8d20-2d61a4d22431"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Task Instruction Template (1).dotx</Template>
   <TotalTime></TotalTime>
+  <Pages>5</Pages>
+  <Words>1348</Words>
+  <Characters>7688</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
+  <Lines>64</Lines>
+  <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company>MaineHealth</Company>
   <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>9018</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>USM User</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>Bob Kennedy</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
-[...6 lines deleted...]
-    <vt:filetime>2022-01-07T00:00:00Z</vt:filetime>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100CCC5E1A4C643A5488C64B82F5D61CD46</vt:lpwstr>
   </property>
 </Properties>
 </file>