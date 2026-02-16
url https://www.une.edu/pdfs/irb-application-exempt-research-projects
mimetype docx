--- v0 (2025-10-07)
+++ v1 (2026-02-16)
@@ -699,123 +699,123 @@
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="364C850F" w14:textId="77777777" w:rsidR="003E241F" w:rsidRDefault="00111100" w:rsidP="00786A5D">
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>You are</w:t>
             </w:r>
             <w:r w:rsidR="003E241F">
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3099510A" w14:textId="77777777" w:rsidR="003E241F" w:rsidRPr="003E241F" w:rsidRDefault="003E241F" w:rsidP="00786A5D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="04C6B624" w14:textId="77777777" w:rsidR="003E241F" w:rsidRDefault="008131B2" w:rsidP="00786A5D">
+          <w:p w14:paraId="04C6B624" w14:textId="77777777" w:rsidR="003E241F" w:rsidRDefault="00BF2701" w:rsidP="00786A5D">
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1511139258"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="003E241F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="003E241F">
               <w:t xml:space="preserve"> Faculty</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="56463DD2" w14:textId="77777777" w:rsidR="003E241F" w:rsidRDefault="008131B2" w:rsidP="00786A5D">
+          <w:p w14:paraId="56463DD2" w14:textId="77777777" w:rsidR="003E241F" w:rsidRDefault="00BF2701" w:rsidP="00786A5D">
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1461927914"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="003E241F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="003E241F">
               <w:t xml:space="preserve"> Staff</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5FBE8AB6" w14:textId="77777777" w:rsidR="003E241F" w:rsidRDefault="008131B2" w:rsidP="00786A5D">
+          <w:p w14:paraId="5FBE8AB6" w14:textId="77777777" w:rsidR="003E241F" w:rsidRDefault="00BF2701" w:rsidP="00786A5D">
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="884528617"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FE0BE4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="003E241F">
               <w:t xml:space="preserve"> Student</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2BDC57C3" w14:textId="77777777" w:rsidR="003E241F" w:rsidRDefault="008131B2" w:rsidP="00B63F73">
+          <w:p w14:paraId="2BDC57C3" w14:textId="77777777" w:rsidR="003E241F" w:rsidRDefault="00BF2701" w:rsidP="00B63F73">
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1262682927"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="003E241F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="003E241F">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00520E50">
               <w:t>Resident</w:t>
             </w:r>
@@ -2446,193 +2446,193 @@
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="33"/>
               </w:numPr>
               <w:ind w:left="326" w:hanging="270"/>
             </w:pPr>
             <w:r w:rsidRPr="00151FA3">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Type of Funding</w:t>
             </w:r>
             <w:r w:rsidRPr="00151FA3">
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="19BCF6E4" w14:textId="77777777" w:rsidR="002C2599" w:rsidRPr="00151FA3" w:rsidRDefault="002C2599" w:rsidP="00EA28EF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="326"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0158435A" w14:textId="77777777" w:rsidR="002C2599" w:rsidRPr="00151FA3" w:rsidRDefault="008131B2" w:rsidP="002F30BB">
+          <w:p w14:paraId="0158435A" w14:textId="77777777" w:rsidR="002C2599" w:rsidRPr="00151FA3" w:rsidRDefault="00BF2701" w:rsidP="002F30BB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="596" w:hanging="270"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="939640636"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002C2599" w:rsidRPr="00151FA3">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="002C2599" w:rsidRPr="00151FA3">
               <w:t xml:space="preserve"> Federal </w:t>
             </w:r>
             <w:r w:rsidR="002C2599" w:rsidRPr="00151FA3">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>(specify below)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="321C81DA" w14:textId="77777777" w:rsidR="002C2599" w:rsidRPr="00151FA3" w:rsidRDefault="008131B2" w:rsidP="002F30BB">
+          <w:p w14:paraId="321C81DA" w14:textId="77777777" w:rsidR="002C2599" w:rsidRPr="00151FA3" w:rsidRDefault="00BF2701" w:rsidP="002F30BB">
             <w:pPr>
               <w:ind w:left="686" w:hanging="360"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="7957561"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002C2599" w:rsidRPr="00151FA3">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="002C2599" w:rsidRPr="00151FA3">
               <w:t xml:space="preserve"> State of Maine </w:t>
             </w:r>
             <w:r w:rsidR="002C2599" w:rsidRPr="00151FA3">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00CF5E63" w:rsidRPr="00151FA3">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>specify below</w:t>
             </w:r>
             <w:r w:rsidR="002C2599" w:rsidRPr="00151FA3">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0AAE5DD8" w14:textId="77777777" w:rsidR="002C2599" w:rsidRPr="00151FA3" w:rsidRDefault="008131B2" w:rsidP="002F30BB">
+          <w:p w14:paraId="0AAE5DD8" w14:textId="77777777" w:rsidR="002C2599" w:rsidRPr="00151FA3" w:rsidRDefault="00BF2701" w:rsidP="002F30BB">
             <w:pPr>
               <w:ind w:left="686" w:hanging="360"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="371504608"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002C2599" w:rsidRPr="00151FA3">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="002C2599" w:rsidRPr="00151FA3">
               <w:t xml:space="preserve"> UNE Internal Award</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E52D7AF" w14:textId="77777777" w:rsidR="002C2599" w:rsidRPr="00151FA3" w:rsidRDefault="008131B2" w:rsidP="002F30BB">
+          <w:p w14:paraId="5E52D7AF" w14:textId="77777777" w:rsidR="002C2599" w:rsidRPr="00151FA3" w:rsidRDefault="00BF2701" w:rsidP="002F30BB">
             <w:pPr>
               <w:ind w:left="686" w:hanging="360"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="34558892"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002C2599" w:rsidRPr="00151FA3">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="002C2599" w:rsidRPr="00151FA3">
               <w:t xml:space="preserve"> Other/Private</w:t>
             </w:r>
             <w:r w:rsidR="00CF5E63" w:rsidRPr="00151FA3">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00CF5E63" w:rsidRPr="00151FA3">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>(specify below)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2B293D37" w14:textId="77777777" w:rsidR="002C2599" w:rsidRPr="00151FA3" w:rsidRDefault="008131B2" w:rsidP="002F30BB">
+          <w:p w14:paraId="2B293D37" w14:textId="77777777" w:rsidR="002C2599" w:rsidRPr="00151FA3" w:rsidRDefault="00BF2701" w:rsidP="002F30BB">
             <w:pPr>
               <w:ind w:left="686" w:hanging="360"/>
               <w:rPr>
                 <w:color w:val="163E70"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="716939315"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002C2599" w:rsidRPr="00151FA3">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
@@ -2719,165 +2719,165 @@
                 <w:b/>
               </w:rPr>
               <w:t>It the research being conducted for any of the</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>se</w:t>
             </w:r>
             <w:r w:rsidRPr="002C2599">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> reasons?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="64D2CED8" w14:textId="77777777" w:rsidR="002C2599" w:rsidRPr="002C1FC0" w:rsidRDefault="002C2599" w:rsidP="002C2599">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0656108F" w14:textId="77777777" w:rsidR="002C2599" w:rsidRDefault="008131B2" w:rsidP="002F30BB">
+          <w:p w14:paraId="0656108F" w14:textId="77777777" w:rsidR="002C2599" w:rsidRDefault="00BF2701" w:rsidP="002F30BB">
             <w:pPr>
               <w:ind w:firstLine="330"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1207948645"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002C2599">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="002C2599">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="002C2599">
               <w:t>Doctoral dissertation</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2EC5FA7E" w14:textId="77777777" w:rsidR="002C1FC0" w:rsidRDefault="008131B2" w:rsidP="002F30BB">
+          <w:p w14:paraId="2EC5FA7E" w14:textId="77777777" w:rsidR="002C1FC0" w:rsidRDefault="00BF2701" w:rsidP="002F30BB">
             <w:pPr>
               <w:ind w:firstLine="330"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-699318005"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002C1FC0">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="002C1FC0">
               <w:t xml:space="preserve"> Residency program</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7C27849E" w14:textId="77777777" w:rsidR="002C2599" w:rsidRDefault="008131B2" w:rsidP="002F30BB">
+          <w:p w14:paraId="7C27849E" w14:textId="77777777" w:rsidR="002C2599" w:rsidRDefault="00BF2701" w:rsidP="002F30BB">
             <w:pPr>
               <w:ind w:firstLine="330"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1475590166"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002C2599">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="002C2599">
               <w:t xml:space="preserve"> Master’s thesis</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1317A13B" w14:textId="77777777" w:rsidR="002C1FC0" w:rsidRDefault="008131B2" w:rsidP="002F30BB">
+          <w:p w14:paraId="1317A13B" w14:textId="77777777" w:rsidR="002C1FC0" w:rsidRDefault="00BF2701" w:rsidP="002F30BB">
             <w:pPr>
               <w:ind w:firstLine="330"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="2011867832"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002C1FC0">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="002C1FC0">
               <w:t xml:space="preserve"> Undergraduate project</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0C91036B" w14:textId="77777777" w:rsidR="002C2599" w:rsidRPr="002C2599" w:rsidRDefault="008131B2" w:rsidP="002F30BB">
+          <w:p w14:paraId="0C91036B" w14:textId="77777777" w:rsidR="002C2599" w:rsidRPr="002C2599" w:rsidRDefault="00BF2701" w:rsidP="002F30BB">
             <w:pPr>
               <w:ind w:firstLine="330"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-893277227"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FE63B9">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="002C1FC0">
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
@@ -2897,81 +2897,81 @@
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="33"/>
               </w:numPr>
               <w:ind w:left="330" w:hanging="270"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C1FC0">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Will this project offer compensation for participation? </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="61E0F660" w14:textId="77777777" w:rsidR="002C1FC0" w:rsidRPr="002C1FC0" w:rsidRDefault="002C1FC0" w:rsidP="002C1FC0">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="330"/>
               <w:rPr>
                 <w:sz w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0E589EFD" w14:textId="77777777" w:rsidR="002C1FC0" w:rsidRDefault="008131B2" w:rsidP="002F30BB">
+          <w:p w14:paraId="0E589EFD" w14:textId="77777777" w:rsidR="002C1FC0" w:rsidRDefault="00BF2701" w:rsidP="002F30BB">
             <w:pPr>
               <w:ind w:firstLine="334"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-803305296"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002C1FC0">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="002C1FC0">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00821E8F">
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="78D808C7" w14:textId="77777777" w:rsidR="002C1FC0" w:rsidRDefault="008131B2" w:rsidP="002F30BB">
+          <w:p w14:paraId="78D808C7" w14:textId="77777777" w:rsidR="002C1FC0" w:rsidRDefault="00BF2701" w:rsidP="002F30BB">
             <w:pPr>
               <w:ind w:firstLine="334"/>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-734233467"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002C1FC0">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
@@ -3082,414 +3082,414 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="001244F3" w:rsidRPr="001244F3">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>(check all that apply)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EA28EF" w14:paraId="77ADDA31" w14:textId="77777777" w:rsidTr="00B86411">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3865" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4D3286C6" w14:textId="77777777" w:rsidR="00EA28EF" w:rsidRDefault="008131B2" w:rsidP="00D825DF">
+          <w:p w14:paraId="4D3286C6" w14:textId="77777777" w:rsidR="00EA28EF" w:rsidRDefault="00BF2701" w:rsidP="00D825DF">
             <w:pPr>
               <w:ind w:left="596" w:hanging="270"/>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1880543026"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D86DEF">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00D86DEF">
               <w:t xml:space="preserve"> Use of recruitment materials </w:t>
             </w:r>
             <w:r w:rsidR="00D86DEF">
               <w:br/>
             </w:r>
             <w:r w:rsidR="00D86DEF" w:rsidRPr="00D86DEF">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>(e.g., flyers, e-mails, letters, etc.)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="266929CE" w14:textId="77777777" w:rsidR="001B3915" w:rsidRDefault="008131B2" w:rsidP="00D825DF">
+          <w:p w14:paraId="266929CE" w14:textId="77777777" w:rsidR="001B3915" w:rsidRDefault="00BF2701" w:rsidP="00D825DF">
             <w:pPr>
               <w:ind w:left="506" w:hanging="180"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1476720787"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="001B3915">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="001B3915">
               <w:t xml:space="preserve"> Focus groups</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2B758F71" w14:textId="77777777" w:rsidR="001B3915" w:rsidRDefault="008131B2" w:rsidP="00D825DF">
+          <w:p w14:paraId="2B758F71" w14:textId="77777777" w:rsidR="001B3915" w:rsidRDefault="00BF2701" w:rsidP="00D825DF">
             <w:pPr>
               <w:ind w:left="506" w:hanging="180"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-2066010450"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="001B3915">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="001B3915">
               <w:t xml:space="preserve"> Interviews</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="580CA017" w14:textId="77777777" w:rsidR="007D01D5" w:rsidRDefault="008131B2" w:rsidP="00D825DF">
+          <w:p w14:paraId="580CA017" w14:textId="77777777" w:rsidR="007D01D5" w:rsidRDefault="00BF2701" w:rsidP="00D825DF">
             <w:pPr>
               <w:ind w:left="506" w:hanging="180"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="256022515"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007D01D5">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="007D01D5">
               <w:t xml:space="preserve"> Surveys/Questionnaires</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="77667B7A" w14:textId="77777777" w:rsidR="001244F3" w:rsidRPr="001244F3" w:rsidRDefault="001244F3" w:rsidP="00D825DF">
             <w:pPr>
               <w:ind w:left="506" w:hanging="180"/>
               <w:rPr>
                 <w:sz w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="319BF174" w14:textId="77777777" w:rsidR="001B3915" w:rsidRDefault="008131B2" w:rsidP="001B3915">
+          <w:p w14:paraId="319BF174" w14:textId="77777777" w:rsidR="001B3915" w:rsidRDefault="00BF2701" w:rsidP="001B3915">
             <w:pPr>
               <w:ind w:firstLine="60"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="754403564"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="001B3915">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="001B3915">
               <w:t xml:space="preserve"> Audio or video recording</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="468ACBFA" w14:textId="77777777" w:rsidR="001B3915" w:rsidRDefault="008131B2" w:rsidP="001B3915">
+          <w:p w14:paraId="468ACBFA" w14:textId="77777777" w:rsidR="001B3915" w:rsidRDefault="00BF2701" w:rsidP="001B3915">
             <w:pPr>
               <w:ind w:firstLine="60"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-800534971"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="001B3915">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="001B3915">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00192594">
               <w:t xml:space="preserve">Use of educational </w:t>
             </w:r>
             <w:r w:rsidR="001B3915">
               <w:t>tests</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="55C011AE" w14:textId="77777777" w:rsidR="001B3915" w:rsidRDefault="008131B2" w:rsidP="001B3915">
+          <w:p w14:paraId="55C011AE" w14:textId="77777777" w:rsidR="001B3915" w:rsidRDefault="00BF2701" w:rsidP="001B3915">
             <w:pPr>
               <w:ind w:firstLine="60"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1856228102"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="001B3915">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="001B3915">
               <w:t xml:space="preserve"> Public observation</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="44733493" w14:textId="77777777" w:rsidR="007D01D5" w:rsidRDefault="008131B2" w:rsidP="007D01D5">
+          <w:p w14:paraId="44733493" w14:textId="77777777" w:rsidR="007D01D5" w:rsidRDefault="00BF2701" w:rsidP="007D01D5">
             <w:pPr>
               <w:ind w:firstLine="60"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1938591222"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007D01D5">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="007D01D5">
               <w:t xml:space="preserve"> Benign behavioral interventions</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="12B4C89E" w14:textId="77777777" w:rsidR="007D01D5" w:rsidRDefault="008131B2" w:rsidP="00A020B5">
+          <w:p w14:paraId="12B4C89E" w14:textId="77777777" w:rsidR="007D01D5" w:rsidRDefault="00BF2701" w:rsidP="00A020B5">
             <w:pPr>
               <w:ind w:left="330" w:hanging="270"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-627930854"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00A020B5">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00A020B5">
               <w:t xml:space="preserve"> Use of pre-existing data</w:t>
             </w:r>
             <w:r w:rsidR="00EB4AB7">
               <w:t xml:space="preserve"> or </w:t>
             </w:r>
             <w:r w:rsidR="00A020B5">
               <w:t>specimens</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3C810760" w14:textId="77777777" w:rsidR="00A020B5" w:rsidRPr="00A020B5" w:rsidRDefault="00A020B5" w:rsidP="00A020B5">
             <w:pPr>
               <w:ind w:left="330" w:hanging="270"/>
               <w:rPr>
                 <w:sz w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3325" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3D04CDA2" w14:textId="77777777" w:rsidR="00D8354F" w:rsidRDefault="008131B2" w:rsidP="00925280">
+          <w:p w14:paraId="3D04CDA2" w14:textId="77777777" w:rsidR="00D8354F" w:rsidRDefault="00BF2701" w:rsidP="00925280">
             <w:pPr>
               <w:ind w:left="334" w:hanging="334"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1669015524"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D8354F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00D8354F">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007D01D5">
               <w:t xml:space="preserve">Deception </w:t>
             </w:r>
             <w:r w:rsidR="007D01D5">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>(if participant prospectively agrees)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7C519EEF" w14:textId="77777777" w:rsidR="001B3915" w:rsidRDefault="008131B2" w:rsidP="00786A5D">
+          <w:p w14:paraId="7C519EEF" w14:textId="77777777" w:rsidR="001B3915" w:rsidRDefault="00BF2701" w:rsidP="00786A5D">
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1356382330"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="001B3915">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="001B3915">
               <w:t xml:space="preserve"> Retrospective chart review</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="624B23EB" w14:textId="77777777" w:rsidR="008E2E81" w:rsidRDefault="008131B2" w:rsidP="007D01D5">
+          <w:p w14:paraId="624B23EB" w14:textId="77777777" w:rsidR="008E2E81" w:rsidRDefault="00BF2701" w:rsidP="007D01D5">
             <w:pPr>
               <w:ind w:left="334" w:hanging="334"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-103270928"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007D01D5">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="007D01D5">
               <w:t xml:space="preserve"> Review of medical records for screening/recruitment only</w:t>
             </w:r>
@@ -3613,318 +3613,318 @@
             </w:r>
             <w:r w:rsidRPr="006A3453">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="006A3453">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>(check all that apply)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006A3453" w14:paraId="748C4232" w14:textId="77777777" w:rsidTr="00161E84">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3055" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0B3B4955" w14:textId="77777777" w:rsidR="006A3453" w:rsidRDefault="008131B2" w:rsidP="00161E84">
+          <w:p w14:paraId="0B3B4955" w14:textId="77777777" w:rsidR="006A3453" w:rsidRDefault="00BF2701" w:rsidP="00161E84">
             <w:pPr>
               <w:ind w:firstLine="326"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="555738647"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="006A3453">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="006A3453">
               <w:t xml:space="preserve"> Normal/healthy adults</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7C78E744" w14:textId="77777777" w:rsidR="006A3453" w:rsidRDefault="008131B2" w:rsidP="00161E84">
+          <w:p w14:paraId="7C78E744" w14:textId="77777777" w:rsidR="006A3453" w:rsidRDefault="00BF2701" w:rsidP="00161E84">
             <w:pPr>
               <w:ind w:firstLine="326"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1410111084"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="006A3453">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="006A3453">
               <w:t xml:space="preserve"> UNE employees</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="454D0E0B" w14:textId="77777777" w:rsidR="006A3453" w:rsidRDefault="008131B2" w:rsidP="00161E84">
+          <w:p w14:paraId="454D0E0B" w14:textId="77777777" w:rsidR="006A3453" w:rsidRDefault="00BF2701" w:rsidP="00161E84">
             <w:pPr>
               <w:ind w:firstLine="326"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="161903065"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="006A3453">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="006A3453">
               <w:t xml:space="preserve"> UNE students</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="38209D07" w14:textId="77777777" w:rsidR="00CF3E9D" w:rsidRDefault="008131B2" w:rsidP="00161E84">
+          <w:p w14:paraId="38209D07" w14:textId="77777777" w:rsidR="00CF3E9D" w:rsidRDefault="00BF2701" w:rsidP="00161E84">
             <w:pPr>
               <w:ind w:firstLine="326"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-37199121"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CF3E9D">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00CF3E9D">
               <w:t xml:space="preserve"> Children</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5634F7FF" w14:textId="77777777" w:rsidR="00CF3E9D" w:rsidRPr="00161E84" w:rsidRDefault="00CF3E9D" w:rsidP="00161E84">
             <w:pPr>
               <w:ind w:firstLine="326"/>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4050" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="491AE567" w14:textId="77777777" w:rsidR="00161E84" w:rsidRDefault="008131B2" w:rsidP="00161E84">
+          <w:p w14:paraId="491AE567" w14:textId="77777777" w:rsidR="00161E84" w:rsidRDefault="00BF2701" w:rsidP="00161E84">
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-791972195"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00161E84">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00161E84">
               <w:t xml:space="preserve"> Prisoners</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="27DF6C3F" w14:textId="77777777" w:rsidR="006A3453" w:rsidRDefault="008131B2" w:rsidP="00161E84">
+          <w:p w14:paraId="27DF6C3F" w14:textId="77777777" w:rsidR="006A3453" w:rsidRDefault="00BF2701" w:rsidP="00161E84">
             <w:pPr>
               <w:ind w:left="330" w:hanging="330"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="840890645"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00161E84">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="006A3453">
               <w:t xml:space="preserve"> Pregnant woman, fetuses, neonates</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="41487FD5" w14:textId="77777777" w:rsidR="00CF3E9D" w:rsidRDefault="008131B2" w:rsidP="009617D0">
+          <w:p w14:paraId="41487FD5" w14:textId="77777777" w:rsidR="00CF3E9D" w:rsidRDefault="00BF2701" w:rsidP="009617D0">
             <w:pPr>
               <w:ind w:left="248" w:hanging="248"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="248856467"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CF3E9D">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00CF3E9D">
               <w:t xml:space="preserve"> Adults with impaired decision</w:t>
             </w:r>
             <w:r w:rsidR="00CF3E9D">
               <w:noBreakHyphen/>
               <w:t>making capacity</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="155CEB25" w14:textId="77777777" w:rsidR="00CF3E9D" w:rsidRPr="00CF3E9D" w:rsidRDefault="00CF3E9D" w:rsidP="00CF3E9D">
             <w:pPr>
               <w:ind w:left="330" w:hanging="330"/>
               <w:rPr>
                 <w:sz w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="28B598F9" w14:textId="77777777" w:rsidR="006A3453" w:rsidRPr="00151FA3" w:rsidRDefault="008131B2" w:rsidP="00CF3E9D">
+          <w:p w14:paraId="28B598F9" w14:textId="77777777" w:rsidR="006A3453" w:rsidRPr="00151FA3" w:rsidRDefault="00BF2701" w:rsidP="00CF3E9D">
             <w:pPr>
               <w:ind w:left="334" w:hanging="334"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="859784647"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00151FA3" w:rsidRPr="00151FA3">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="006A3453" w:rsidRPr="00151FA3">
               <w:rPr>
                 <w:color w:val="163E70"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="006A3453" w:rsidRPr="00151FA3">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Persons with limited English proficiency</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="59BA5A94" w14:textId="77777777" w:rsidR="00CF3E9D" w:rsidRPr="00151FA3" w:rsidRDefault="008131B2" w:rsidP="00CF3E9D">
+          <w:p w14:paraId="59BA5A94" w14:textId="77777777" w:rsidR="00CF3E9D" w:rsidRPr="00151FA3" w:rsidRDefault="00BF2701" w:rsidP="00CF3E9D">
             <w:pPr>
               <w:ind w:left="334" w:hanging="334"/>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="000000" w:themeColor="text1"/>
                 </w:rPr>
                 <w:id w:val="100767711"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CF3E9D" w:rsidRPr="00151FA3">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:color w:val="000000" w:themeColor="text1"/>
@@ -4013,51 +4013,51 @@
               </w:numPr>
               <w:ind w:left="326" w:hanging="270"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00151FA3">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>What is the anticipated total number of participants to be enrolled or records to be reviewed for this project?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="499BDA00" w14:textId="77777777" w:rsidR="008B60A5" w:rsidRPr="00151FA3" w:rsidRDefault="008B60A5" w:rsidP="00E0401C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="326"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="163E70"/>
                 <w:sz w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7B0711C1" w14:textId="77777777" w:rsidR="008B60A5" w:rsidRPr="00151FA3" w:rsidRDefault="008131B2" w:rsidP="00E0401C">
+          <w:p w14:paraId="7B0711C1" w14:textId="77777777" w:rsidR="008B60A5" w:rsidRPr="00151FA3" w:rsidRDefault="00BF2701" w:rsidP="00E0401C">
             <w:pPr>
               <w:ind w:left="326"/>
               <w:rPr>
                 <w:rStyle w:val="Style1"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Style1"/>
                 </w:rPr>
                 <w:id w:val="-577213217"/>
                 <w:placeholder>
                   <w:docPart w:val="EBE7727AA3CF47F0832C5EA62985741F"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w15:color w:val="333399"/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:rStyle w:val="DefaultParagraphFont"/>
                   <w:color w:val="auto"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
@@ -4130,175 +4130,175 @@
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="6D90C4DB" w14:textId="77777777" w:rsidR="008B60A5" w:rsidRDefault="008B60A5" w:rsidP="00E0401C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="35"/>
               </w:numPr>
               <w:ind w:left="326" w:hanging="270"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1798" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="65DD03F6" w14:textId="77777777" w:rsidR="008B60A5" w:rsidRDefault="008131B2" w:rsidP="005A7531">
+          <w:p w14:paraId="65DD03F6" w14:textId="77777777" w:rsidR="008B60A5" w:rsidRDefault="00BF2701" w:rsidP="005A7531">
             <w:pPr>
               <w:ind w:firstLine="66"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1524517437"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008B60A5" w:rsidRPr="002F64A0">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="002F64A0">
               <w:t xml:space="preserve"> 0-6 years</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6AEDDEB0" w14:textId="77777777" w:rsidR="002F64A0" w:rsidRPr="008B60A5" w:rsidRDefault="008131B2" w:rsidP="005A7531">
+          <w:p w14:paraId="6AEDDEB0" w14:textId="77777777" w:rsidR="002F64A0" w:rsidRPr="008B60A5" w:rsidRDefault="00BF2701" w:rsidP="005A7531">
             <w:pPr>
               <w:ind w:firstLine="66"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="383067333"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002F64A0" w:rsidRPr="002F64A0">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="002F64A0">
               <w:t xml:space="preserve"> 7-11 years</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1798" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4284FC79" w14:textId="77777777" w:rsidR="008B60A5" w:rsidRDefault="008131B2" w:rsidP="008B60A5">
+          <w:p w14:paraId="4284FC79" w14:textId="77777777" w:rsidR="008B60A5" w:rsidRDefault="00BF2701" w:rsidP="008B60A5">
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1729917508"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002F64A0">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="002F64A0">
               <w:t xml:space="preserve"> 12-17 years</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="02D69596" w14:textId="77777777" w:rsidR="002F64A0" w:rsidRPr="002F64A0" w:rsidRDefault="008131B2" w:rsidP="008B60A5">
+          <w:p w14:paraId="02D69596" w14:textId="77777777" w:rsidR="002F64A0" w:rsidRPr="002F64A0" w:rsidRDefault="00BF2701" w:rsidP="008B60A5">
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1165634493"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002F64A0">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="002F64A0">
               <w:t xml:space="preserve"> 18-89 years</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1799" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7D3556FB" w14:textId="77777777" w:rsidR="008B60A5" w:rsidRPr="002F64A0" w:rsidRDefault="008131B2" w:rsidP="008B60A5">
+          <w:p w14:paraId="7D3556FB" w14:textId="77777777" w:rsidR="008B60A5" w:rsidRPr="002F64A0" w:rsidRDefault="00BF2701" w:rsidP="008B60A5">
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="2035230691"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002F64A0">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="002F64A0">
               <w:t xml:space="preserve"> 90+ years</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -4504,51 +4504,51 @@
               <w:t xml:space="preserve"> about participants</w:t>
             </w:r>
             <w:r w:rsidR="008272B2">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> during the study? </w:t>
             </w:r>
             <w:r w:rsidR="008272B2">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>(this includes the screening/recruitment process as well)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0008D1B6" w14:textId="77777777" w:rsidR="00595EC8" w:rsidRPr="00595EC8" w:rsidRDefault="00595EC8" w:rsidP="00595EC8">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="326"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6D61E10C" w14:textId="77777777" w:rsidR="00AE5F16" w:rsidRDefault="008131B2" w:rsidP="00595EC8">
+          <w:p w14:paraId="6D61E10C" w14:textId="77777777" w:rsidR="00AE5F16" w:rsidRDefault="00BF2701" w:rsidP="00595EC8">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="326"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1785958602"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00595EC8">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00595EC8">
               <w:t xml:space="preserve"> Yes  </w:t>
@@ -5026,51 +5026,51 @@
               <w:t>ection F</w:t>
             </w:r>
             <w:r w:rsidR="006B64ED" w:rsidRPr="009617D0">
               <w:t xml:space="preserve"> of this application</w:t>
             </w:r>
             <w:r w:rsidR="0025339B" w:rsidRPr="009617D0">
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidR="00A020B5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="00197290" w14:textId="77777777" w:rsidR="00A020B5" w:rsidRPr="00A020B5" w:rsidRDefault="00A020B5" w:rsidP="00A020B5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="326"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6B4CB3CF" w14:textId="77777777" w:rsidR="00A020B5" w:rsidRDefault="008131B2" w:rsidP="00A020B5">
+          <w:p w14:paraId="6B4CB3CF" w14:textId="77777777" w:rsidR="00A020B5" w:rsidRDefault="00BF2701" w:rsidP="00A020B5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="326"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1180276301"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00A020B5">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00A020B5">
               <w:rPr>
@@ -5137,51 +5137,51 @@
               </w:rPr>
               <w:t>Will educational records protected under FERPA be accessed, used, or disclosed</w:t>
             </w:r>
             <w:r w:rsidR="00775313">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">? </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>[FERPA applies to research involving a student’s school record(s)]</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="362B026E" w14:textId="77777777" w:rsidR="00C308DA" w:rsidRPr="00C308DA" w:rsidRDefault="00C308DA" w:rsidP="00C308DA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="336"/>
               <w:rPr>
                 <w:sz w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2B090383" w14:textId="77777777" w:rsidR="00396DD8" w:rsidRDefault="008131B2" w:rsidP="00C308DA">
+          <w:p w14:paraId="2B090383" w14:textId="77777777" w:rsidR="00396DD8" w:rsidRDefault="00BF2701" w:rsidP="00C308DA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="336"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1511905154"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00775313">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00775313">
               <w:rPr>
@@ -5409,51 +5409,51 @@
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="0026576F" w:rsidRPr="00151FA3">
               <w:t xml:space="preserve"> for details)</w:t>
             </w:r>
             <w:r w:rsidR="00012B25" w:rsidRPr="00151FA3">
               <w:t>?</w:t>
             </w:r>
             <w:r w:rsidR="00012B25" w:rsidRPr="00744BDF">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="59D47581" w14:textId="77777777" w:rsidR="006B64ED" w:rsidRPr="006B64ED" w:rsidRDefault="006B64ED" w:rsidP="00012B25">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="326"/>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="46ACC5CE" w14:textId="77777777" w:rsidR="00012B25" w:rsidRPr="00151FA3" w:rsidRDefault="008131B2" w:rsidP="00744BDF">
+          <w:p w14:paraId="46ACC5CE" w14:textId="77777777" w:rsidR="00012B25" w:rsidRPr="00151FA3" w:rsidRDefault="00BF2701" w:rsidP="00744BDF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="326" w:firstLine="363"/>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1369061326"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00744BDF">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
@@ -5526,51 +5526,51 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00BF70A6">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>where the PHI originates</w:t>
             </w:r>
             <w:r w:rsidR="00012B25" w:rsidRPr="00151FA3">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6D2D57E9" w14:textId="77777777" w:rsidR="00012B25" w:rsidRPr="00151FA3" w:rsidRDefault="00012B25" w:rsidP="00012B25">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="326"/>
               <w:rPr>
                 <w:color w:val="163E70"/>
                 <w:sz w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7F926AF2" w14:textId="77777777" w:rsidR="00012B25" w:rsidRDefault="008131B2" w:rsidP="00744BDF">
+          <w:p w14:paraId="7F926AF2" w14:textId="77777777" w:rsidR="00012B25" w:rsidRDefault="00BF2701" w:rsidP="00744BDF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="689"/>
               <w:rPr>
                 <w:rStyle w:val="Style1"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Style1"/>
                 </w:rPr>
                 <w:id w:val="-1585140098"/>
                 <w:placeholder>
                   <w:docPart w:val="B4050CB3C401457E9BA1226D9D1006EA"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w15:color w:val="333399"/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:rStyle w:val="DefaultParagraphFont"/>
                   <w:color w:val="auto"/>
                 </w:rPr>
               </w:sdtEndPr>
@@ -6158,51 +6158,51 @@
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="006B64ED">
               <w:t xml:space="preserve"> N/A </w:t>
             </w:r>
             <w:r w:rsidR="006B64ED" w:rsidRPr="006B64ED">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>(explain below)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="123D2290" w14:textId="77777777" w:rsidR="00395613" w:rsidRDefault="00395613" w:rsidP="00395613">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="326"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4E63A323" w14:textId="77777777" w:rsidR="006B64ED" w:rsidRDefault="008131B2" w:rsidP="00395613">
+          <w:p w14:paraId="4E63A323" w14:textId="77777777" w:rsidR="006B64ED" w:rsidRDefault="00BF2701" w:rsidP="00395613">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="326"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="8"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Style1"/>
                 </w:rPr>
                 <w:id w:val="-1953396977"/>
                 <w:placeholder>
                   <w:docPart w:val="1CFF12F331264ED7B9DA7DEC9911C059"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w15:color w:val="333399"/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:rStyle w:val="DefaultParagraphFont"/>
                   <w:color w:val="auto"/>
                 </w:rPr>
@@ -6440,51 +6440,51 @@
             </w:r>
             <w:r w:rsidR="00006E54" w:rsidRPr="00151FA3">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> who is the lead/coordinating site</w:t>
             </w:r>
             <w:r w:rsidR="0067165A" w:rsidRPr="00151FA3">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0D23F1AC" w14:textId="77777777" w:rsidR="002F48F4" w:rsidRPr="00151FA3" w:rsidRDefault="002F48F4" w:rsidP="002F48F4">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="336"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="163E70"/>
                 <w:sz w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="36FAFCC5" w14:textId="77777777" w:rsidR="002F48F4" w:rsidRPr="00151FA3" w:rsidRDefault="008131B2" w:rsidP="002F48F4">
+          <w:p w14:paraId="36FAFCC5" w14:textId="77777777" w:rsidR="002F48F4" w:rsidRPr="00151FA3" w:rsidRDefault="00BF2701" w:rsidP="002F48F4">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="336"/>
               <w:rPr>
                 <w:rStyle w:val="Style1"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Style1"/>
                 </w:rPr>
                 <w:id w:val="-1364901181"/>
                 <w:placeholder>
                   <w:docPart w:val="54FE08104C9C4F4F9BE11AE1DD5338FB"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w15:color w:val="333399"/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:rStyle w:val="DefaultParagraphFont"/>
                   <w:color w:val="auto"/>
                 </w:rPr>
               </w:sdtEndPr>
@@ -8064,51 +8064,51 @@
                 <w:sz w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4FE24659" w14:textId="77777777" w:rsidR="002807E8" w:rsidRPr="00F37481" w:rsidRDefault="002807E8" w:rsidP="002807E8">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="0096D6"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F37481">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="0096D6"/>
               </w:rPr>
               <w:t>Minimal risk is defined as a probability and magnitude of harm or discomfort anticipated in the research are not greater in and of themselves than those ordinarily encountered in daily life or during the performance of routine physical or psychological examinations or tests.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1435" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="36B1A49E" w14:textId="77777777" w:rsidR="002807E8" w:rsidRDefault="008131B2" w:rsidP="002807E8">
+          <w:p w14:paraId="36B1A49E" w14:textId="77777777" w:rsidR="002807E8" w:rsidRDefault="00BF2701" w:rsidP="002807E8">
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-2017998154"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002807E8">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="002807E8">
               <w:t xml:space="preserve"> Yes  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="286389913"/>
@@ -8184,51 +8184,51 @@
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>only incidentally</w:t>
             </w:r>
             <w:r w:rsidRPr="003B6333">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="0096D6"/>
               </w:rPr>
               <w:t xml:space="preserve"> includes prisoners, this is allowable</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="0096D6"/>
               </w:rPr>
               <w:t xml:space="preserve"> under exempt review. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1435" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="70362DB1" w14:textId="77777777" w:rsidR="002807E8" w:rsidRDefault="008131B2" w:rsidP="002807E8">
+          <w:p w14:paraId="70362DB1" w14:textId="77777777" w:rsidR="002807E8" w:rsidRDefault="00BF2701" w:rsidP="002807E8">
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-135256762"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002807E8">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="002807E8">
               <w:t xml:space="preserve"> Yes  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1327009334"/>
@@ -8289,51 +8289,51 @@
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="0096D6"/>
               </w:rPr>
               <w:t>For example, a</w:t>
             </w:r>
             <w:r w:rsidRPr="00375B0B">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="0096D6"/>
               </w:rPr>
               <w:t>ccess to sensitive information is not restricted by law or regulation, and/or formal security clearance is not required.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1435" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7152E55A" w14:textId="77777777" w:rsidR="002807E8" w:rsidRDefault="008131B2" w:rsidP="002807E8">
+          <w:p w14:paraId="7152E55A" w14:textId="77777777" w:rsidR="002807E8" w:rsidRDefault="00BF2701" w:rsidP="002807E8">
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1152821486"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002807E8">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="002807E8">
               <w:t xml:space="preserve"> Yes  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1620292662"/>
@@ -8714,51 +8714,51 @@
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="0096D6"/>
               </w:rPr>
               <w:t>This includes most research on regular and special education instructional strategies, and research on the effectiveness of or the comparison among instructional techniques, curricula, or classroom management methods.</w:t>
             </w:r>
             <w:r w:rsidR="00B43A26" w:rsidRPr="00B43A26">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="0096D6"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1435" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="616BCCEB" w14:textId="77777777" w:rsidR="006105BD" w:rsidRDefault="008131B2" w:rsidP="00E80AFC">
+          <w:p w14:paraId="616BCCEB" w14:textId="77777777" w:rsidR="006105BD" w:rsidRDefault="00BF2701" w:rsidP="00E80AFC">
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="628591483"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002807E8">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="006105BD">
               <w:t xml:space="preserve"> Yes  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-125709881"/>
@@ -8856,51 +8856,51 @@
               <w:ind w:left="203" w:hanging="203"/>
             </w:pPr>
             <w:r>
               <w:t>May involve visual or auditory recording</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="796378BB" w14:textId="77777777" w:rsidR="00385237" w:rsidRDefault="00385237" w:rsidP="00385237">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:ind w:left="203" w:hanging="203"/>
             </w:pPr>
             <w:r>
               <w:t>May NOT include intervention</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1435" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="781B9F7B" w14:textId="77777777" w:rsidR="006105BD" w:rsidRDefault="008131B2" w:rsidP="00E80AFC">
+          <w:p w14:paraId="781B9F7B" w14:textId="77777777" w:rsidR="006105BD" w:rsidRDefault="00BF2701" w:rsidP="00E80AFC">
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1088233683"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="006105BD">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="006105BD">
               <w:t xml:space="preserve"> Yes  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="947667164"/>
@@ -9582,51 +9582,51 @@
             <w:pPr>
               <w:ind w:left="220"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="0096D6"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00265274">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="0096D6"/>
               </w:rPr>
               <w:t>Examples include having the subjects play an online game, having them solve puzzles under various noise conditions, or having them decide how to allocate a nominal amount of received cash between themselves and someone else.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1435" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="24757F95" w14:textId="77777777" w:rsidR="00E80AFC" w:rsidRDefault="008131B2" w:rsidP="00E80AFC">
+          <w:p w14:paraId="24757F95" w14:textId="77777777" w:rsidR="00E80AFC" w:rsidRDefault="00BF2701" w:rsidP="00E80AFC">
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-891889145"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00565685">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00E80AFC">
               <w:t xml:space="preserve"> Yes  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1772536686"/>
@@ -10029,51 +10029,51 @@
           <w:p w14:paraId="20A729FB" w14:textId="77777777" w:rsidR="004F7EC1" w:rsidRDefault="004F7EC1" w:rsidP="004F7EC1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:ind w:left="203" w:hanging="203"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Allows both retrospective and prospective </w:t>
             </w:r>
             <w:r w:rsidRPr="004F7EC1">
               <w:rPr>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>secondary use</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1435" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="480239DB" w14:textId="77777777" w:rsidR="00D16E3E" w:rsidRDefault="008131B2" w:rsidP="00D16E3E">
+          <w:p w14:paraId="480239DB" w14:textId="77777777" w:rsidR="00D16E3E" w:rsidRDefault="00BF2701" w:rsidP="00D16E3E">
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-216440656"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D16E3E">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00D16E3E">
               <w:t xml:space="preserve"> Yes  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1758354252"/>
@@ -10439,51 +10439,51 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="690D85C2" w14:textId="77777777" w:rsidR="00D16E3E" w:rsidRDefault="004F7EC1" w:rsidP="00D16E3E">
             <w:r>
               <w:t>Research and demonstration projects supported by a federal agency/department AND designated to study public benefit or service program</w:t>
             </w:r>
             <w:r w:rsidR="00E136EB">
               <w:t>s</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4106" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="46D14841" w14:textId="77777777" w:rsidR="00D16E3E" w:rsidRDefault="004F7EC1" w:rsidP="00D16E3E">
             <w:r>
               <w:t>Must be posted on a federal website</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1435" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="65CDCB37" w14:textId="77777777" w:rsidR="00D16E3E" w:rsidRDefault="008131B2" w:rsidP="00D16E3E">
+          <w:p w14:paraId="65CDCB37" w14:textId="77777777" w:rsidR="00D16E3E" w:rsidRDefault="00BF2701" w:rsidP="00D16E3E">
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1213190629"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D16E3E">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00D16E3E">
               <w:t xml:space="preserve"> Yes  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="482201379"/>
@@ -10531,51 +10531,51 @@
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4215" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="532DC8B3" w14:textId="77777777" w:rsidR="00D16E3E" w:rsidRDefault="004F7EC1" w:rsidP="00D16E3E">
             <w:r>
               <w:t>Taste and food quality evaluation and consumer acceptance studies</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4106" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1E795D56" w14:textId="77777777" w:rsidR="00D16E3E" w:rsidRDefault="00D16E3E" w:rsidP="00D16E3E"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1435" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="30FE6BB5" w14:textId="77777777" w:rsidR="00D16E3E" w:rsidRDefault="008131B2" w:rsidP="00D16E3E">
+          <w:p w14:paraId="30FE6BB5" w14:textId="77777777" w:rsidR="00D16E3E" w:rsidRDefault="00BF2701" w:rsidP="00D16E3E">
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1562754612"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D16E3E">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00D16E3E">
               <w:t xml:space="preserve"> Yes  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1207604537"/>
@@ -11356,71 +11356,71 @@
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="00AEEF"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2E91A29E" w14:textId="77777777" w:rsidR="00B42DA1" w:rsidRPr="003A6746" w:rsidRDefault="00B42DA1" w:rsidP="003A6746">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="00AEEF"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="1972402266"/>
             <w14:checkbox>
-              <w14:checked w14:val="1"/>
+              <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="748" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="241854F4" w14:textId="77777777" w:rsidR="00B42DA1" w:rsidRDefault="007D7EA8" w:rsidP="005E1054">
+              <w:p w14:paraId="241854F4" w14:textId="0B7F2A6D" w:rsidR="00B42DA1" w:rsidRDefault="00C041CB" w:rsidP="005E1054">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
-                  <w:t>☒</w:t>
+                  <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="875122578"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="748" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="547FC80A" w14:textId="77777777" w:rsidR="00B42DA1" w:rsidRDefault="00456CFE" w:rsidP="005E1054">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                 </w:pPr>
@@ -13919,61 +13919,61 @@
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="29A6405E" w14:textId="77777777" w:rsidR="004D4ED2" w:rsidRPr="008A6791" w:rsidRDefault="004D4ED2" w:rsidP="008A6791">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="004D4ED2" w:rsidRPr="008A6791" w:rsidSect="0095325F">
       <w:headerReference w:type="default" r:id="rId20"/>
       <w:footerReference w:type="default" r:id="rId21"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="70799F63" w14:textId="77777777" w:rsidR="008131B2" w:rsidRDefault="008131B2" w:rsidP="00BE67B0">
+    <w:p w14:paraId="18BFBB5C" w14:textId="77777777" w:rsidR="00BF2701" w:rsidRDefault="00BF2701" w:rsidP="00BE67B0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4D961DD1" w14:textId="77777777" w:rsidR="008131B2" w:rsidRDefault="008131B2" w:rsidP="00BE67B0">
+    <w:p w14:paraId="636A613E" w14:textId="77777777" w:rsidR="00BF2701" w:rsidRDefault="00BF2701" w:rsidP="00BE67B0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -14112,61 +14112,61 @@
           <w:r>
             <w:rPr>
               <w:rFonts w:cstheme="minorHAnsi"/>
             </w:rPr>
             <w:t>11/14/2022</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="32374C8D" w14:textId="77777777" w:rsidR="00F15CE9" w:rsidRPr="00646293" w:rsidRDefault="00F15CE9">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:sz w:val="8"/>
         <w:szCs w:val="8"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="348AC663" w14:textId="77777777" w:rsidR="008131B2" w:rsidRDefault="008131B2" w:rsidP="00BE67B0">
+    <w:p w14:paraId="01AD2BC3" w14:textId="77777777" w:rsidR="00BF2701" w:rsidRDefault="00BF2701" w:rsidP="00BE67B0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7E63647F" w14:textId="77777777" w:rsidR="008131B2" w:rsidRDefault="008131B2" w:rsidP="00BE67B0">
+    <w:p w14:paraId="73395B44" w14:textId="77777777" w:rsidR="00BF2701" w:rsidRDefault="00BF2701" w:rsidP="00BE67B0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="TableGrid"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="2425"/>
       <w:gridCol w:w="5940"/>
       <w:gridCol w:w="2413"/>
     </w:tblGrid>
@@ -19576,51 +19576,50 @@
     <w:rsid w:val="00286855"/>
     <w:rsid w:val="002973EC"/>
     <w:rsid w:val="002A5F15"/>
     <w:rsid w:val="002A62B3"/>
     <w:rsid w:val="002B0CF2"/>
     <w:rsid w:val="002B160B"/>
     <w:rsid w:val="002C1F85"/>
     <w:rsid w:val="002C1FC0"/>
     <w:rsid w:val="002C2599"/>
     <w:rsid w:val="002C6145"/>
     <w:rsid w:val="002C7F67"/>
     <w:rsid w:val="002D0F31"/>
     <w:rsid w:val="002D6085"/>
     <w:rsid w:val="002F30BB"/>
     <w:rsid w:val="002F35E3"/>
     <w:rsid w:val="002F48F4"/>
     <w:rsid w:val="002F64A0"/>
     <w:rsid w:val="00301594"/>
     <w:rsid w:val="00302D01"/>
     <w:rsid w:val="00303E5A"/>
     <w:rsid w:val="003040EC"/>
     <w:rsid w:val="00304228"/>
     <w:rsid w:val="00306D71"/>
     <w:rsid w:val="003107DF"/>
     <w:rsid w:val="0031365F"/>
-    <w:rsid w:val="0031385C"/>
     <w:rsid w:val="00314A89"/>
     <w:rsid w:val="00315463"/>
     <w:rsid w:val="00322992"/>
     <w:rsid w:val="00323208"/>
     <w:rsid w:val="00325019"/>
     <w:rsid w:val="00326397"/>
     <w:rsid w:val="00340A55"/>
     <w:rsid w:val="003456B2"/>
     <w:rsid w:val="00345FE8"/>
     <w:rsid w:val="00350198"/>
     <w:rsid w:val="00350BCA"/>
     <w:rsid w:val="00350F77"/>
     <w:rsid w:val="0035190C"/>
     <w:rsid w:val="0035299D"/>
     <w:rsid w:val="00352E35"/>
     <w:rsid w:val="00354D42"/>
     <w:rsid w:val="00361641"/>
     <w:rsid w:val="003639E7"/>
     <w:rsid w:val="003668E9"/>
     <w:rsid w:val="00370408"/>
     <w:rsid w:val="00372F6D"/>
     <w:rsid w:val="00375B0B"/>
     <w:rsid w:val="00377460"/>
     <w:rsid w:val="00380610"/>
     <w:rsid w:val="003807F6"/>
@@ -19759,50 +19758,51 @@
     <w:rsid w:val="006138F2"/>
     <w:rsid w:val="006154D9"/>
     <w:rsid w:val="00617DED"/>
     <w:rsid w:val="006216E1"/>
     <w:rsid w:val="006257E6"/>
     <w:rsid w:val="006326E0"/>
     <w:rsid w:val="006356F6"/>
     <w:rsid w:val="006445ED"/>
     <w:rsid w:val="00644F27"/>
     <w:rsid w:val="00646293"/>
     <w:rsid w:val="00646F4C"/>
     <w:rsid w:val="00651E53"/>
     <w:rsid w:val="00655F24"/>
     <w:rsid w:val="00667819"/>
     <w:rsid w:val="00667F62"/>
     <w:rsid w:val="00670B44"/>
     <w:rsid w:val="0067165A"/>
     <w:rsid w:val="00671694"/>
     <w:rsid w:val="00671723"/>
     <w:rsid w:val="00671FF0"/>
     <w:rsid w:val="00672096"/>
     <w:rsid w:val="006800CC"/>
     <w:rsid w:val="006838FB"/>
     <w:rsid w:val="0068628C"/>
     <w:rsid w:val="00690564"/>
+    <w:rsid w:val="006909E8"/>
     <w:rsid w:val="00692F0C"/>
     <w:rsid w:val="00696F63"/>
     <w:rsid w:val="006A3453"/>
     <w:rsid w:val="006A4C26"/>
     <w:rsid w:val="006B50BC"/>
     <w:rsid w:val="006B53A2"/>
     <w:rsid w:val="006B64ED"/>
     <w:rsid w:val="006C3157"/>
     <w:rsid w:val="006C31FE"/>
     <w:rsid w:val="006C3229"/>
     <w:rsid w:val="006D4864"/>
     <w:rsid w:val="006E0DBD"/>
     <w:rsid w:val="006E46F4"/>
     <w:rsid w:val="006E4FA4"/>
     <w:rsid w:val="006F2805"/>
     <w:rsid w:val="007011F0"/>
     <w:rsid w:val="0070314C"/>
     <w:rsid w:val="00703490"/>
     <w:rsid w:val="00704110"/>
     <w:rsid w:val="00704956"/>
     <w:rsid w:val="007108E8"/>
     <w:rsid w:val="00711DEB"/>
     <w:rsid w:val="00714111"/>
     <w:rsid w:val="007142F8"/>
     <w:rsid w:val="007146E5"/>
@@ -19841,51 +19841,50 @@
     <w:rsid w:val="007C1BA9"/>
     <w:rsid w:val="007C2490"/>
     <w:rsid w:val="007C2C0C"/>
     <w:rsid w:val="007C393E"/>
     <w:rsid w:val="007D01D5"/>
     <w:rsid w:val="007D187A"/>
     <w:rsid w:val="007D39D6"/>
     <w:rsid w:val="007D4147"/>
     <w:rsid w:val="007D4B0C"/>
     <w:rsid w:val="007D7B72"/>
     <w:rsid w:val="007D7EA8"/>
     <w:rsid w:val="007E3FFF"/>
     <w:rsid w:val="007E6C91"/>
     <w:rsid w:val="007E7B71"/>
     <w:rsid w:val="007F09D4"/>
     <w:rsid w:val="007F1132"/>
     <w:rsid w:val="007F4DBE"/>
     <w:rsid w:val="007F7162"/>
     <w:rsid w:val="00800BE2"/>
     <w:rsid w:val="00802884"/>
     <w:rsid w:val="008046AF"/>
     <w:rsid w:val="00804EA2"/>
     <w:rsid w:val="0080539D"/>
     <w:rsid w:val="00807844"/>
     <w:rsid w:val="00807B90"/>
-    <w:rsid w:val="008131B2"/>
     <w:rsid w:val="00815C2A"/>
     <w:rsid w:val="00821B0A"/>
     <w:rsid w:val="00821E8F"/>
     <w:rsid w:val="00823461"/>
     <w:rsid w:val="008252CB"/>
     <w:rsid w:val="00825942"/>
     <w:rsid w:val="00826201"/>
     <w:rsid w:val="00826B97"/>
     <w:rsid w:val="008272B2"/>
     <w:rsid w:val="008317FF"/>
     <w:rsid w:val="00833B4B"/>
     <w:rsid w:val="00833D62"/>
     <w:rsid w:val="0083551A"/>
     <w:rsid w:val="008439ED"/>
     <w:rsid w:val="00846A0C"/>
     <w:rsid w:val="00846EE6"/>
     <w:rsid w:val="008560BB"/>
     <w:rsid w:val="0086579F"/>
     <w:rsid w:val="0086772B"/>
     <w:rsid w:val="008767E2"/>
     <w:rsid w:val="00881753"/>
     <w:rsid w:val="00891AFE"/>
     <w:rsid w:val="00893362"/>
     <w:rsid w:val="00894564"/>
     <w:rsid w:val="008A269D"/>
@@ -19994,88 +19993,91 @@
     <w:rsid w:val="00A92383"/>
     <w:rsid w:val="00A947CE"/>
     <w:rsid w:val="00A9533A"/>
     <w:rsid w:val="00AA0B11"/>
     <w:rsid w:val="00AA5AEB"/>
     <w:rsid w:val="00AB44D1"/>
     <w:rsid w:val="00AB5594"/>
     <w:rsid w:val="00AB60D4"/>
     <w:rsid w:val="00AB7963"/>
     <w:rsid w:val="00AC0612"/>
     <w:rsid w:val="00AC15A5"/>
     <w:rsid w:val="00AC49FE"/>
     <w:rsid w:val="00AC5747"/>
     <w:rsid w:val="00AD1C83"/>
     <w:rsid w:val="00AD2A48"/>
     <w:rsid w:val="00AD3C26"/>
     <w:rsid w:val="00AD4D21"/>
     <w:rsid w:val="00AE000B"/>
     <w:rsid w:val="00AE1616"/>
     <w:rsid w:val="00AE203C"/>
     <w:rsid w:val="00AE3A7C"/>
     <w:rsid w:val="00AE461B"/>
     <w:rsid w:val="00AE5F16"/>
     <w:rsid w:val="00AF28D5"/>
     <w:rsid w:val="00B03362"/>
+    <w:rsid w:val="00B136CB"/>
     <w:rsid w:val="00B42671"/>
     <w:rsid w:val="00B42DA1"/>
     <w:rsid w:val="00B43A26"/>
     <w:rsid w:val="00B44E4E"/>
     <w:rsid w:val="00B63C69"/>
     <w:rsid w:val="00B63F73"/>
     <w:rsid w:val="00B643F7"/>
     <w:rsid w:val="00B671D5"/>
     <w:rsid w:val="00B70679"/>
     <w:rsid w:val="00B82C83"/>
     <w:rsid w:val="00B83071"/>
     <w:rsid w:val="00B86411"/>
     <w:rsid w:val="00B87D6D"/>
     <w:rsid w:val="00B9086E"/>
     <w:rsid w:val="00B9214F"/>
     <w:rsid w:val="00B93994"/>
     <w:rsid w:val="00B947AC"/>
     <w:rsid w:val="00BA0948"/>
     <w:rsid w:val="00BA12A4"/>
     <w:rsid w:val="00BA2150"/>
     <w:rsid w:val="00BA3D75"/>
     <w:rsid w:val="00BA3E11"/>
     <w:rsid w:val="00BA4981"/>
     <w:rsid w:val="00BA55E3"/>
     <w:rsid w:val="00BA6065"/>
     <w:rsid w:val="00BB201A"/>
     <w:rsid w:val="00BB2F22"/>
     <w:rsid w:val="00BB4584"/>
     <w:rsid w:val="00BB6019"/>
     <w:rsid w:val="00BC32C3"/>
     <w:rsid w:val="00BC36FF"/>
     <w:rsid w:val="00BC7A54"/>
     <w:rsid w:val="00BD22A1"/>
     <w:rsid w:val="00BD3C0D"/>
     <w:rsid w:val="00BD53E9"/>
     <w:rsid w:val="00BE67B0"/>
+    <w:rsid w:val="00BF2701"/>
     <w:rsid w:val="00BF31B3"/>
     <w:rsid w:val="00BF70A6"/>
+    <w:rsid w:val="00C041CB"/>
     <w:rsid w:val="00C07178"/>
     <w:rsid w:val="00C10AEB"/>
     <w:rsid w:val="00C20F6A"/>
     <w:rsid w:val="00C27096"/>
     <w:rsid w:val="00C308DA"/>
     <w:rsid w:val="00C31347"/>
     <w:rsid w:val="00C37F67"/>
     <w:rsid w:val="00C40F17"/>
     <w:rsid w:val="00C43598"/>
     <w:rsid w:val="00C45267"/>
     <w:rsid w:val="00C47316"/>
     <w:rsid w:val="00C47539"/>
     <w:rsid w:val="00C66708"/>
     <w:rsid w:val="00C67373"/>
     <w:rsid w:val="00C67520"/>
     <w:rsid w:val="00C766F0"/>
     <w:rsid w:val="00C7691D"/>
     <w:rsid w:val="00C775F4"/>
     <w:rsid w:val="00C82E73"/>
     <w:rsid w:val="00C91292"/>
     <w:rsid w:val="00C92E0A"/>
     <w:rsid w:val="00CD6D60"/>
     <w:rsid w:val="00CE1DB2"/>
     <w:rsid w:val="00CE42FB"/>
     <w:rsid w:val="00CE562A"/>
@@ -23007,51 +23009,52 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:view w:val="normal"/>
   <w:revisionView w:formatting="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0069352E"/>
     <w:rsid w:val="00023F23"/>
-    <w:rsid w:val="00026C24"/>
+    <w:rsid w:val="002133B4"/>
+    <w:rsid w:val="004557EA"/>
     <w:rsid w:val="00487680"/>
     <w:rsid w:val="004E4E33"/>
     <w:rsid w:val="004F5636"/>
     <w:rsid w:val="004F7EEE"/>
     <w:rsid w:val="005E1ACB"/>
     <w:rsid w:val="0069352E"/>
     <w:rsid w:val="00823F2C"/>
     <w:rsid w:val="0095280D"/>
     <w:rsid w:val="00A245B0"/>
     <w:rsid w:val="00AA690C"/>
     <w:rsid w:val="00B45847"/>
     <w:rsid w:val="00B607A7"/>
     <w:rsid w:val="00B946AB"/>
     <w:rsid w:val="00D31926"/>
     <w:rsid w:val="00E03DFC"/>
     <w:rsid w:val="00F40DBB"/>
     <w:rsid w:val="00FC38ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
@@ -24078,50 +24081,54 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100CCC5E1A4C643A5488C64B82F5D61CD46" ma:contentTypeVersion="10" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0435c3de5ae360d9cf2b801668b812fa">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="3c933d9f-d73a-4e2d-b255-f6f9fb0bc5eb" xmlns:ns3="649258b5-57de-4850-8d20-2d61a4d22431" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="5a3cd3c508ef735c7b5982d0b721fdc2" ns2:_="" ns3:_="">
     <xsd:import namespace="3c933d9f-d73a-4e2d-b255-f6f9fb0bc5eb"/>
     <xsd:import namespace="649258b5-57de-4850-8d20-2d61a4d22431"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
@@ -24278,116 +24285,112 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...2 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CA838F97-8873-49A1-A354-9CAF59475B7C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B228C791-786F-4469-9880-1D289EFCF154}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="3c933d9f-d73a-4e2d-b255-f6f9fb0bc5eb"/>
     <ds:schemaRef ds:uri="649258b5-57de-4850-8d20-2d61a4d22431"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B4A230F8-1FD0-4101-A829-9FEAB0D18A7B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5155111F-696D-4FFE-890E-C0D6D8AF5B04}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Task Instruction Template (1)</Template>
+  <Template>Task Instruction Template (1).dotx</Template>
   <TotalTime></TotalTime>
   <Pages>11</Pages>
   <Words>3501</Words>
   <Characters>19957</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>166</Lines>
   <Paragraphs>46</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>MaineHealth</Company>