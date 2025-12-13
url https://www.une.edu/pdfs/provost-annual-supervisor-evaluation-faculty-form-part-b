--- v0 (2025-10-19)
+++ v1 (2025-12-13)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="0E833891" w14:textId="77777777" w:rsidR="00DE67DF" w:rsidRPr="00DE67DF" w:rsidRDefault="00DE67DF" w:rsidP="00DE67DF">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE67DF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -270,96 +270,177 @@
           <w:tab w:val="left" w:pos="5472"/>
           <w:tab w:val="left" w:pos="6192"/>
           <w:tab w:val="left" w:pos="6912"/>
           <w:tab w:val="left" w:pos="7632"/>
           <w:tab w:val="left" w:pos="8352"/>
           <w:tab w:val="left" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE67DF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1.  For teaching, scholarship, and service, separately, indicate:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C873C18" w14:textId="77777777" w:rsidR="00DE67DF" w:rsidRPr="00DE67DF" w:rsidRDefault="00DE67DF" w:rsidP="00DE67DF">
+    <w:p w14:paraId="5C873C18" w14:textId="4A5B9430" w:rsidR="00DE67DF" w:rsidRPr="00DE67DF" w:rsidRDefault="00DE67DF" w:rsidP="00DE67DF">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="6" w:space="1" w:color="FFFFFF"/>
           <w:left w:val="single" w:sz="6" w:space="1" w:color="FFFFFF"/>
           <w:bottom w:val="single" w:sz="6" w:space="1" w:color="FFFFFF"/>
           <w:right w:val="single" w:sz="6" w:space="1" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-288"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="1872"/>
           <w:tab w:val="left" w:pos="2592"/>
           <w:tab w:val="left" w:pos="3312"/>
           <w:tab w:val="left" w:pos="3631"/>
           <w:tab w:val="left" w:pos="4032"/>
           <w:tab w:val="left" w:pos="4752"/>
           <w:tab w:val="left" w:pos="5472"/>
           <w:tab w:val="left" w:pos="6192"/>
           <w:tab w:val="left" w:pos="6912"/>
           <w:tab w:val="left" w:pos="7632"/>
           <w:tab w:val="left" w:pos="8352"/>
           <w:tab w:val="left" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE67DF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> your assessment of the faculty member's performance by explaining whether the faculty member does not meet, meets, or exceeds expectations set for the year under review. Discuss relevant circumstances that may explain any deviation from expected level of performance. Justify your rating using the evidence provided by the faculty member or other evidence that may be relevant.</w:t>
+        <w:t xml:space="preserve">your assessment of the faculty member's performance by explaining whether the faculty </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E35E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">member </w:t>
+      </w:r>
+      <w:r w:rsidR="00B40C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">met expectations or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E35E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="00F9329A" w:rsidRPr="008E35E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">id </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E35E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>not meet</w:t>
+      </w:r>
+      <w:r w:rsidR="00F9329A" w:rsidRPr="008E35E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B03BAD" w:rsidRPr="008E35E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">expectations </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E35E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>for the year under review</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE67DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>. Discuss relevant circumstances that may explain any deviation from expected level of performance. Justify your rating using the evidence provided by the faculty member or other evidence that may be relevant.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B1952F0" w14:textId="77777777" w:rsidR="00DE67DF" w:rsidRPr="00DE67DF" w:rsidRDefault="00DE67DF" w:rsidP="00DE67DF">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="6" w:space="1" w:color="FFFFFF"/>
           <w:left w:val="single" w:sz="6" w:space="1" w:color="FFFFFF"/>
           <w:bottom w:val="single" w:sz="6" w:space="1" w:color="FFFFFF"/>
           <w:right w:val="single" w:sz="6" w:space="1" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-288"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="1872"/>
           <w:tab w:val="left" w:pos="2592"/>
           <w:tab w:val="left" w:pos="3312"/>
           <w:tab w:val="left" w:pos="3631"/>
           <w:tab w:val="left" w:pos="4032"/>
           <w:tab w:val="left" w:pos="4752"/>
           <w:tab w:val="left" w:pos="5472"/>
           <w:tab w:val="left" w:pos="6192"/>
           <w:tab w:val="left" w:pos="6912"/>
           <w:tab w:val="left" w:pos="7632"/>
           <w:tab w:val="left" w:pos="8352"/>
           <w:tab w:val="left" w:pos="9072"/>
@@ -518,95 +599,158 @@
         <w:tabs>
           <w:tab w:val="left" w:pos="-288"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="1872"/>
           <w:tab w:val="left" w:pos="2592"/>
           <w:tab w:val="left" w:pos="3312"/>
           <w:tab w:val="left" w:pos="3631"/>
           <w:tab w:val="left" w:pos="4032"/>
           <w:tab w:val="left" w:pos="4752"/>
           <w:tab w:val="left" w:pos="5472"/>
           <w:tab w:val="left" w:pos="6192"/>
           <w:tab w:val="left" w:pos="6912"/>
           <w:tab w:val="left" w:pos="7632"/>
           <w:tab w:val="left" w:pos="8352"/>
           <w:tab w:val="left" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3E757E39" w14:textId="77777777" w:rsidR="00DE67DF" w:rsidRPr="00DE67DF" w:rsidRDefault="00DE67DF" w:rsidP="00DE67DF">
+    <w:p w14:paraId="3E757E39" w14:textId="0834BDE2" w:rsidR="00DE67DF" w:rsidRPr="00DE67DF" w:rsidRDefault="00DE67DF" w:rsidP="00DE67DF">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="6" w:space="1" w:color="FFFFFF"/>
           <w:left w:val="single" w:sz="6" w:space="1" w:color="FFFFFF"/>
           <w:bottom w:val="single" w:sz="6" w:space="1" w:color="FFFFFF"/>
           <w:right w:val="single" w:sz="6" w:space="1" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-288"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="1872"/>
           <w:tab w:val="left" w:pos="2592"/>
           <w:tab w:val="left" w:pos="3312"/>
           <w:tab w:val="left" w:pos="3631"/>
           <w:tab w:val="left" w:pos="4032"/>
           <w:tab w:val="left" w:pos="4752"/>
           <w:tab w:val="left" w:pos="5472"/>
           <w:tab w:val="left" w:pos="6192"/>
           <w:tab w:val="left" w:pos="6912"/>
           <w:tab w:val="left" w:pos="7632"/>
           <w:tab w:val="left" w:pos="8352"/>
           <w:tab w:val="left" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE67DF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Considering the faculty member's performance in each area and other factors discussed, indicate and justify your single overall assessment (does not meet, meets, or exceeds).</w:t>
+        <w:t>Considering the faculty member's performance in each area and other factors discussed, indicate and justify your single overall assessment (</w:t>
+      </w:r>
+      <w:r w:rsidR="00B40C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">met expectations or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E35E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="00B03BAD" w:rsidRPr="008E35E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>id</w:t>
+      </w:r>
+      <w:r w:rsidR="00B40C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B03BAD" w:rsidRPr="008E35E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">not meet expectations </w:t>
+      </w:r>
+      <w:r w:rsidR="007B1305" w:rsidRPr="008E35E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>for the year under review</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE67DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C782B39" w14:textId="77777777" w:rsidR="00DE67DF" w:rsidRPr="00DE67DF" w:rsidRDefault="00DE67DF" w:rsidP="00DE67DF">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="6" w:space="1" w:color="FFFFFF"/>
           <w:left w:val="single" w:sz="6" w:space="1" w:color="FFFFFF"/>
           <w:bottom w:val="single" w:sz="6" w:space="1" w:color="FFFFFF"/>
           <w:right w:val="single" w:sz="6" w:space="1" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-288"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="1872"/>
           <w:tab w:val="left" w:pos="2592"/>
           <w:tab w:val="left" w:pos="3312"/>
           <w:tab w:val="left" w:pos="3631"/>
           <w:tab w:val="left" w:pos="4032"/>
           <w:tab w:val="left" w:pos="4752"/>
           <w:tab w:val="left" w:pos="5472"/>
           <w:tab w:val="left" w:pos="6192"/>
           <w:tab w:val="left" w:pos="6912"/>
           <w:tab w:val="left" w:pos="7632"/>
           <w:tab w:val="left" w:pos="8352"/>
@@ -825,51 +969,50 @@
           <w:tab w:val="left" w:pos="3312"/>
           <w:tab w:val="left" w:pos="3631"/>
           <w:tab w:val="left" w:pos="4032"/>
           <w:tab w:val="left" w:pos="4752"/>
           <w:tab w:val="left" w:pos="5472"/>
           <w:tab w:val="left" w:pos="6192"/>
           <w:tab w:val="left" w:pos="6912"/>
           <w:tab w:val="left" w:pos="7632"/>
           <w:tab w:val="left" w:pos="8352"/>
           <w:tab w:val="left" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE67DF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Date of Faculty Member’s next Multilevel Review: </w:t>
       </w:r>
       <w:r w:rsidRPr="00DE67DF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7373BAA6" w14:textId="77777777" w:rsidR="00DE67DF" w:rsidRPr="00DE67DF" w:rsidRDefault="00DE67DF" w:rsidP="00DE67DF">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="6" w:space="1" w:color="FFFFFF"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
           <w:bottom w:val="single" w:sz="6" w:space="1" w:color="FFFFFF"/>
           <w:right w:val="single" w:sz="6" w:space="1" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-288"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="1872"/>
@@ -1567,91 +1710,92 @@
     </w:p>
     <w:p w14:paraId="4B5541E1" w14:textId="77777777" w:rsidR="00DE67DF" w:rsidRPr="00DE67DF" w:rsidRDefault="00DE67DF" w:rsidP="00DE67DF">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0A91A844" w14:textId="77777777" w:rsidR="003363CB" w:rsidRDefault="003363CB"/>
     <w:sectPr w:rsidR="003363CB">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ヒラギノ角ゴ Pro W3">
     <w:altName w:val="MS Gothic"/>
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="7AC7FFFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002000D" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2B03556D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="7D9411F6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="7"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="000000"/>
         <w:position w:val="0"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
@@ -1863,136 +2007,143 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1019283002">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="834297534">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="225"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DE67DF"/>
     <w:rsid w:val="003363CB"/>
+    <w:rsid w:val="007B1305"/>
+    <w:rsid w:val="008E35E7"/>
+    <w:rsid w:val="00B03BAD"/>
+    <w:rsid w:val="00B40C0D"/>
+    <w:rsid w:val="00D05C5D"/>
     <w:rsid w:val="00DE67DF"/>
+    <w:rsid w:val="00E16055"/>
+    <w:rsid w:val="00F9329A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="0584B3AE"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{51A27087-C250-4C5F-A256-3E5BB96B2FC5}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2377,51 +2528,51 @@
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -2684,57 +2835,57 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>410</Words>
-  <Characters>2342</Characters>
+  <Words>415</Words>
+  <Characters>2371</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>19</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2747</CharactersWithSpaces>
+  <CharactersWithSpaces>2781</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sandy Deluca</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>